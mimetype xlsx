--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -17,133 +17,133 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$6:$E$6</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1018">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1024">
   <si>
     <t>Coverage Checker</t>
   </si>
   <si>
     <t>Generated on:</t>
   </si>
   <si>
-    <t>November 02, 2025 01:25:25 AM UTC</t>
+    <t>December 21, 2025 11:23:06 PM UTC</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Network</t>
   </si>
   <si>
     <t>Country Code (E.164)</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>Coverage</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
     <t>Telecom Development Company Afghanistan Limited</t>
   </si>
   <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Afghan Wireless Communication Company</t>
+  </si>
+  <si>
+    <t>Only MCC MNC information available</t>
+  </si>
+  <si>
+    <t>Etisalat- Afghanistan</t>
+  </si>
+  <si>
+    <t>MTN Afghanistan</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>Vodafone - Albania</t>
+  </si>
+  <si>
+    <t>One Albania sh.a</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Wataniya Telecom Algerie (Ooredoo)</t>
+  </si>
+  <si>
+    <t>Algerie Telecom Mobile (Mobilis)</t>
+  </si>
+  <si>
+    <t>Orascom Telecom Algerie (Djezzy)</t>
+  </si>
+  <si>
+    <t>American Samoa</t>
+  </si>
+  <si>
+    <t>BlueSky</t>
+  </si>
+  <si>
+    <t>Andorra</t>
+  </si>
+  <si>
+    <t>Andorra Telecom</t>
+  </si>
+  <si>
     <t>No</t>
   </si>
   <si>
-    <t>Afghan Wireless Communication Company</t>
-[...46 lines deleted...]
-  <si>
     <t>Angola</t>
   </si>
   <si>
     <t>Movicel</t>
   </si>
   <si>
     <t>UNITEL</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>Flow (Cable &amp; Wireless)</t>
   </si>
   <si>
     <t>Digicel</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
     <t>iMobile</t>
   </si>
   <si>
     <t>Argentina</t>
@@ -1288,51 +1288,51 @@
   <si>
     <t>019 Telzar</t>
   </si>
   <si>
     <t>We4G (Xphone)</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>WINDTRE</t>
   </si>
   <si>
     <t>Vodafone Italy</t>
   </si>
   <si>
     <t>TIM (Telecom Italia SpA)</t>
   </si>
   <si>
     <t>Iliad</t>
   </si>
   <si>
     <t>Fastweb (H3G MVNO)</t>
   </si>
   <si>
-    <t>Ivory Coast (Cote d'Ivoire)</t>
+    <t>Ivory Coast (Cote dIvoire)</t>
   </si>
   <si>
     <t>Moov</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Digicel Jamaica</t>
   </si>
   <si>
     <t>Flow (Cable &amp; Wireless (Jamaica) Ltd)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>NTT DOCOMO</t>
   </si>
   <si>
     <t>SoftBank</t>
   </si>
   <si>
     <t>Rakuten Mobile</t>
   </si>
@@ -1363,51 +1363,51 @@
   <si>
     <t>Beeline (KaR-Tel LLP)</t>
   </si>
   <si>
     <t>K-Cell (GSM Kazakhstan Ltd)</t>
   </si>
   <si>
     <t>Altel JSC</t>
   </si>
   <si>
     <t>Tele2</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Safaricom</t>
   </si>
   <si>
     <t>Airtel Kenya</t>
   </si>
   <si>
     <t>Telkom Kenya</t>
   </si>
   <si>
-    <t>Korea, Democratic People's Republic of</t>
+    <t>Korea, Democratic Peoples Republic of</t>
   </si>
   <si>
     <t>SunNet (Korea Posts and Telecommunications Corporation)</t>
   </si>
   <si>
     <t>Koryolink (CHEO Technology JV Company)</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>Zain KW (Mobile Telecommunications Co.)</t>
   </si>
   <si>
     <t>Ooredoo</t>
   </si>
   <si>
     <t>STC (VIVA) (Kuwait Telecom Company)</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>O! (NurTelecom LLC)</t>
   </si>
@@ -1993,63 +1993,63 @@
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>Digicel Samoa</t>
   </si>
   <si>
     <t>Vodafone Samoa</t>
   </si>
   <si>
     <t>San Marino, Republic of</t>
   </si>
   <si>
     <t>San Marino Telecom</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>CST</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
-    <t>Zain SA (MTC Saudi Arabia)</t>
-[...11 lines deleted...]
-    <t>Lebara Mobile KSA (Mobily MVNO)</t>
+    <t>Bravo KSA</t>
+  </si>
+  <si>
+    <t>Future Networks Communications</t>
+  </si>
+  <si>
+    <t>Integrated Telekom Mobile Company Ltd</t>
+  </si>
+  <si>
+    <t>Lebara Mobile (Mobily)</t>
+  </si>
+  <si>
+    <t>Mobily</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Free (formerly Tigo)</t>
   </si>
   <si>
     <t>Orange Senegal (SONATEL)</t>
   </si>
   <si>
     <t>Expresso Senegal (Sudan Telecom Company Ltd)</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>A1 Serbia (Previously VIP)</t>
   </si>
   <si>
     <t>Yettel Serbia (Previoulsy Telenor)</t>
   </si>
   <si>
     <t xml:space="preserve">MTS by Telekom Srbija </t>
   </si>
@@ -2638,90 +2638,90 @@
   <si>
     <t>Zantel (Zanzibar Telecom Ltd)</t>
   </si>
   <si>
     <t>Halotel (Viettel Tanzania)</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>DTAC (Total Access Communications Co.)</t>
   </si>
   <si>
     <t>AIS GSM (Advanced Info Service PLC)</t>
   </si>
   <si>
     <t>TOT Mobile</t>
   </si>
   <si>
     <t>CAT Telecom (3G)</t>
   </si>
   <si>
     <t>True Move H (Real Future)</t>
   </si>
   <si>
-    <t>Timor L'este</t>
+    <t>Timor Leste</t>
   </si>
   <si>
     <t>Timor Telecom</t>
   </si>
   <si>
     <t>Viettel</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Moov (Atlantique Telecom - Etisalat)</t>
   </si>
   <si>
     <t>Togo Cell (Togo Telecom)</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Digicel Tonga</t>
   </si>
   <si>
     <t>U-Call (Tonga Communications Corporation)</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
     <t>Bmobile (TSTT)</t>
   </si>
   <si>
     <t>Digicel Trinidad and Tobago Ltd</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
-    <t>Tunicell</t>
+    <t>Tunisie Telecom</t>
   </si>
   <si>
     <t>Ooredoo (Tunisiana)</t>
   </si>
   <si>
     <t>Orange Tunisie</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Turk Telekom (AVEA)</t>
   </si>
   <si>
     <t>Vodafone Turkey</t>
   </si>
   <si>
     <t>Turkcell</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
     <t>TM-Cell (Altyn Asyr)</t>
   </si>
@@ -3071,50 +3071,68 @@
     <t>Baktelecom</t>
   </si>
   <si>
     <t>Paradise Mobile</t>
   </si>
   <si>
     <t>Altibox AS</t>
   </si>
   <si>
     <t>Marshal Islands</t>
   </si>
   <si>
     <t>National Telecommunications Authority (NTA)</t>
   </si>
   <si>
     <t>North Korea</t>
   </si>
   <si>
     <t>Koryolink</t>
   </si>
   <si>
     <t>Byol Star</t>
   </si>
   <si>
     <t>Kang Song NET</t>
+  </si>
+  <si>
+    <t>Saudi Telecom Company (stc)</t>
+  </si>
+  <si>
+    <t>Virgin Mobile (stc Group)</t>
+  </si>
+  <si>
+    <t>Zain Group</t>
+  </si>
+  <si>
+    <t>Tuvalu</t>
+  </si>
+  <si>
+    <t>TTC</t>
+  </si>
+  <si>
+    <t>Digicell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF283A75"/>
       <name val="Arial"/>
@@ -3564,54 +3582,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F923"/>
+  <dimension ref="A1:F928"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E920" sqref="E920"/>
+      <selection activeCell="E926" sqref="E926"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="true" style="6"/>
     <col min="2" max="2" width="50" customWidth="true" style="6"/>
     <col min="3" max="3" width="25" customWidth="true" style="6"/>
     <col min="4" max="4" width="55" customWidth="true" style="6"/>
     <col min="5" max="5" width="13" customWidth="true" style="6"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="12.75">
       <c r="A1" s="7"/>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="26.25">
       <c r="A2" s="7"/>
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
@@ -3645,13509 +3663,13579 @@
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="6">
         <v>93</v>
       </c>
-      <c r="E7" s="6" t="s">
+      <c r="E7" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="6">
         <v>93</v>
       </c>
-      <c r="E8" s="6" t="s">
+      <c r="D8" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C9" s="6">
         <v>93</v>
       </c>
-      <c r="E9" s="6" t="s">
+      <c r="D9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C10" s="6">
         <v>93</v>
       </c>
-      <c r="E10" s="6" t="s">
+      <c r="E10" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C11" s="6">
         <v>355</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="6">
         <v>355</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="6">
         <v>213</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="6">
         <v>213</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C15" s="6">
         <v>213</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E15" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>684</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C17" s="6">
         <v>376</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="6">
         <v>244</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="6">
         <v>244</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="6">
         <v>1264</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="6">
         <v>1264</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C22" s="6">
         <v>1268</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="6">
         <v>1268</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="6">
         <v>1268</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C25" s="6">
         <v>54</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="6">
         <v>54</v>
       </c>
-      <c r="D26" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C27" s="6">
         <v>54</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>40</v>
       </c>
       <c r="C28" s="6">
         <v>374</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C29" s="6">
         <v>374</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C30" s="6">
         <v>374</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C31" s="6">
         <v>297</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="6">
         <v>297</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>46</v>
       </c>
       <c r="C33" s="6">
         <v>61</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C34" s="6">
         <v>61</v>
       </c>
       <c r="E34" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="6">
         <v>61</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="6">
         <v>43</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="6">
         <v>43</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="6">
         <v>3</v>
       </c>
       <c r="C38" s="6">
         <v>43</v>
       </c>
       <c r="E38" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="6">
         <v>994</v>
       </c>
       <c r="E39" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="6">
         <v>994</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>55</v>
       </c>
       <c r="C41" s="6">
         <v>994</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="6">
         <v>994</v>
       </c>
       <c r="E42" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="6" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>58</v>
       </c>
       <c r="C43" s="6">
         <v>1242</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="6" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>59</v>
       </c>
       <c r="C44" s="6">
         <v>1242</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C45" s="6">
         <v>973</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>62</v>
       </c>
       <c r="C46" s="6">
         <v>973</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C47" s="6">
         <v>973</v>
       </c>
       <c r="E47" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C48" s="6">
         <v>880</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C49" s="6">
         <v>880</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>67</v>
       </c>
       <c r="C50" s="6">
         <v>880</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C51" s="6">
         <v>880</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>70</v>
       </c>
       <c r="C52" s="6">
         <v>1246</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C53" s="6">
         <v>1246</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E53" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C54" s="6">
         <v>375</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>74</v>
       </c>
       <c r="C55" s="6">
         <v>375</v>
       </c>
       <c r="E55" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C56" s="6">
         <v>375</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>77</v>
       </c>
       <c r="C57" s="6">
         <v>32</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B58" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C58" s="6">
         <v>32</v>
       </c>
       <c r="E58" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C59" s="6">
         <v>32</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C60" s="6">
         <v>32</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C61" s="6">
         <v>32</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C62" s="6">
         <v>32</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="6" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C63" s="6">
         <v>32</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="6" t="s">
         <v>84</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C64" s="6">
         <v>501</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="6" t="s">
         <v>86</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C65" s="6">
         <v>229</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="6" t="s">
         <v>86</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C66" s="6">
         <v>229</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C67" s="6">
         <v>1671</v>
       </c>
-      <c r="E67" s="11" t="s">
-        <v>16</v>
+      <c r="E67" s="6" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C68" s="6">
         <v>1671</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C69" s="6">
         <v>975</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>93</v>
       </c>
       <c r="C70" s="6">
         <v>975</v>
       </c>
       <c r="E70" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C71" s="6">
         <v>591</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C72" s="6">
         <v>591</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="6" t="s">
         <v>94</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C73" s="6">
         <v>591</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>99</v>
       </c>
       <c r="C74" s="6">
         <v>387</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>100</v>
       </c>
       <c r="C75" s="6">
         <v>387</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="6" t="s">
         <v>98</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C76" s="6">
         <v>387</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="6" t="s">
         <v>102</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>103</v>
       </c>
       <c r="C77" s="6">
         <v>267</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="6" t="s">
         <v>102</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C78" s="6">
         <v>267</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="6" t="s">
         <v>102</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>105</v>
       </c>
       <c r="C79" s="6">
         <v>267</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C80" s="6">
         <v>55</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C81" s="6">
         <v>55</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C82" s="6">
         <v>55</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C83" s="6">
         <v>55</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C84" s="6">
         <v>55</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C85" s="6">
         <v>55</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C86" s="6">
         <v>246</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C87" s="6">
         <v>673</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C88" s="6">
         <v>673</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E88" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C89" s="6">
         <v>359</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C90" s="6">
         <v>359</v>
       </c>
       <c r="E90" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B91" s="6" t="s">
         <v>120</v>
       </c>
       <c r="C91" s="6">
         <v>359</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C92" s="6">
         <v>226</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C93" s="6">
         <v>226</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C94" s="6">
         <v>226</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>125</v>
       </c>
       <c r="C95" s="6">
         <v>257</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>126</v>
       </c>
       <c r="C96" s="6">
         <v>257</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>127</v>
       </c>
       <c r="C97" s="6">
         <v>257</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C98" s="6">
         <v>257</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C99" s="6">
         <v>855</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C100" s="6">
         <v>855</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B101" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C101" s="6">
         <v>855</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C102" s="6">
         <v>855</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C103" s="6">
         <v>237</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E103" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>135</v>
       </c>
       <c r="C104" s="6">
         <v>237</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E104" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C105" s="6">
         <v>237</v>
       </c>
-      <c r="E105" s="6" t="s">
+      <c r="D105" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C106" s="6">
         <v>237</v>
       </c>
-      <c r="E106" s="6" t="s">
+      <c r="D106" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>139</v>
       </c>
       <c r="C107" s="6">
         <v>1</v>
       </c>
+      <c r="D107" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E107" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>140</v>
       </c>
       <c r="C108" s="6">
         <v>1</v>
       </c>
+      <c r="D108" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E108" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>141</v>
       </c>
       <c r="C109" s="6">
         <v>1</v>
       </c>
+      <c r="D109" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E109" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C110" s="6">
         <v>1</v>
       </c>
+      <c r="D110" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E110" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C111" s="6">
         <v>1</v>
       </c>
+      <c r="D111" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E111" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>144</v>
       </c>
       <c r="C112" s="6">
         <v>1</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E112" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>145</v>
       </c>
       <c r="C113" s="6">
         <v>1</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E113" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C114" s="6">
         <v>1</v>
       </c>
+      <c r="D114" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E114" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>147</v>
       </c>
       <c r="C115" s="6">
         <v>1</v>
       </c>
+      <c r="D115" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E115" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C116" s="6">
         <v>1</v>
       </c>
+      <c r="D116" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E116" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>149</v>
       </c>
       <c r="C117" s="6">
         <v>1</v>
       </c>
+      <c r="D117" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E117" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B118" s="6" t="s">
         <v>150</v>
       </c>
       <c r="C118" s="6">
         <v>1</v>
       </c>
+      <c r="D118" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E118" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>151</v>
       </c>
       <c r="C119" s="6">
         <v>1</v>
       </c>
+      <c r="D119" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E119" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C120" s="6">
         <v>1</v>
       </c>
+      <c r="D120" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E120" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C121" s="6">
         <v>1</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E121" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>155</v>
       </c>
       <c r="C122" s="6">
         <v>238</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>156</v>
       </c>
       <c r="C123" s="6">
         <v>238</v>
       </c>
       <c r="E123" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="6" t="s">
         <v>157</v>
       </c>
       <c r="B124" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C124" s="6">
         <v>1345</v>
       </c>
       <c r="D124" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E124" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="6" t="s">
         <v>157</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C125" s="6">
         <v>1345</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E125" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C126" s="6">
         <v>236</v>
       </c>
       <c r="E126" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C127" s="6">
         <v>236</v>
       </c>
       <c r="E127" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C128" s="6">
         <v>236</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E128" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C129" s="6">
         <v>235</v>
       </c>
       <c r="E129" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C130" s="6">
         <v>235</v>
       </c>
       <c r="E130" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C131" s="6">
         <v>56</v>
       </c>
       <c r="E131" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C132" s="6">
         <v>56</v>
       </c>
       <c r="D132" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E132" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C133" s="6">
         <v>56</v>
       </c>
       <c r="E133" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>165</v>
       </c>
       <c r="C134" s="6">
         <v>56</v>
       </c>
       <c r="D134" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E134" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C135" s="6">
         <v>56</v>
       </c>
       <c r="E135" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>167</v>
       </c>
       <c r="C136" s="6">
         <v>56</v>
       </c>
       <c r="E136" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B137" s="6" t="s">
         <v>169</v>
       </c>
       <c r="C137" s="6">
         <v>86</v>
       </c>
       <c r="E137" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B138" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C138" s="6">
         <v>86</v>
       </c>
+      <c r="D138" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E138" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>171</v>
       </c>
       <c r="C139" s="6">
         <v>86</v>
       </c>
+      <c r="D139" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E139" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C140" s="6">
         <v>57</v>
       </c>
       <c r="D140" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E140" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>173</v>
       </c>
       <c r="C141" s="6">
         <v>57</v>
       </c>
       <c r="D141" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E141" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>174</v>
       </c>
       <c r="C142" s="6">
         <v>57</v>
       </c>
       <c r="D142" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E142" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B143" s="6" t="s">
         <v>175</v>
       </c>
       <c r="C143" s="6">
         <v>57</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E143" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>176</v>
       </c>
       <c r="C144" s="6">
         <v>57</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E144" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="6" t="s">
         <v>177</v>
       </c>
       <c r="B145" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C145" s="6">
         <v>269</v>
       </c>
       <c r="E145" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>180</v>
       </c>
       <c r="C146" s="6">
         <v>242</v>
       </c>
       <c r="D146" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E146" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C147" s="6">
         <v>242</v>
       </c>
       <c r="E147" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>181</v>
       </c>
       <c r="C148" s="6">
         <v>242</v>
       </c>
       <c r="D148" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E148" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B149" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C149" s="6">
         <v>243</v>
       </c>
       <c r="E149" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>183</v>
       </c>
       <c r="C150" s="6">
         <v>243</v>
       </c>
       <c r="E150" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C151" s="6">
         <v>243</v>
       </c>
       <c r="E151" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C152" s="6">
         <v>243</v>
       </c>
       <c r="E152" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="6" t="s">
         <v>185</v>
       </c>
       <c r="B153" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C153" s="6">
         <v>682</v>
       </c>
       <c r="D153" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E153" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>187</v>
       </c>
       <c r="C154" s="6">
         <v>506</v>
       </c>
       <c r="E154" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B155" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C155" s="6">
         <v>506</v>
       </c>
       <c r="E155" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>188</v>
       </c>
       <c r="C156" s="6">
         <v>506</v>
       </c>
       <c r="E156" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>190</v>
       </c>
       <c r="C157" s="6">
         <v>385</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E157" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>191</v>
       </c>
       <c r="C158" s="6">
         <v>385</v>
       </c>
       <c r="E158" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="6" t="s">
         <v>189</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C159" s="6">
         <v>385</v>
       </c>
       <c r="D159" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E159" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="6" t="s">
         <v>193</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>194</v>
       </c>
       <c r="C160" s="6">
         <v>53</v>
       </c>
       <c r="E160" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="6" t="s">
         <v>195</v>
       </c>
       <c r="B161" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C161" s="6">
         <v>599</v>
       </c>
       <c r="E161" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="6" t="s">
         <v>195</v>
       </c>
       <c r="B162" s="6" t="s">
         <v>196</v>
       </c>
       <c r="C162" s="6">
         <v>599</v>
       </c>
       <c r="E162" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="6" t="s">
         <v>197</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>198</v>
       </c>
       <c r="C163" s="6">
         <v>357</v>
       </c>
       <c r="E163" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="6" t="s">
         <v>197</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>199</v>
       </c>
       <c r="C164" s="6">
         <v>357</v>
       </c>
       <c r="E164" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="6" t="s">
         <v>197</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>200</v>
       </c>
       <c r="C165" s="6">
         <v>357</v>
       </c>
       <c r="E165" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C166" s="6">
         <v>420</v>
       </c>
       <c r="E166" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>202</v>
       </c>
       <c r="C167" s="6">
         <v>420</v>
       </c>
       <c r="E167" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="6" t="s">
         <v>201</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>203</v>
       </c>
       <c r="C168" s="6">
         <v>420</v>
       </c>
       <c r="E168" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>205</v>
       </c>
       <c r="C169" s="6">
         <v>45</v>
       </c>
       <c r="E169" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>206</v>
       </c>
       <c r="C170" s="6">
         <v>45</v>
       </c>
       <c r="E170" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>207</v>
       </c>
       <c r="C171" s="6">
         <v>45</v>
       </c>
       <c r="E171" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>208</v>
       </c>
       <c r="C172" s="6">
         <v>45</v>
       </c>
       <c r="E172" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>209</v>
       </c>
       <c r="C173" s="6">
         <v>45</v>
       </c>
       <c r="E173" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>210</v>
       </c>
       <c r="C174" s="6">
         <v>45</v>
       </c>
       <c r="E174" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>211</v>
       </c>
       <c r="C175" s="6">
         <v>45</v>
       </c>
       <c r="E175" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B176" s="6" t="s">
         <v>212</v>
       </c>
       <c r="C176" s="6">
         <v>45</v>
       </c>
       <c r="E176" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B177" s="6" t="s">
         <v>213</v>
       </c>
       <c r="C177" s="6">
         <v>45</v>
       </c>
       <c r="E177" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>214</v>
       </c>
       <c r="C178" s="6">
         <v>45</v>
       </c>
       <c r="E178" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>215</v>
       </c>
       <c r="C179" s="6">
         <v>45</v>
       </c>
       <c r="E179" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>216</v>
       </c>
       <c r="C180" s="6">
         <v>45</v>
       </c>
       <c r="E180" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C181" s="6">
         <v>45</v>
       </c>
       <c r="E181" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B182" s="6" t="s">
         <v>218</v>
       </c>
       <c r="C182" s="6">
         <v>45</v>
       </c>
       <c r="E182" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B183" s="6" t="s">
         <v>219</v>
       </c>
       <c r="C183" s="6">
         <v>45</v>
       </c>
       <c r="E183" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B184" s="6" t="s">
         <v>220</v>
       </c>
       <c r="C184" s="6">
         <v>45</v>
       </c>
       <c r="E184" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B185" s="6" t="s">
         <v>221</v>
       </c>
       <c r="C185" s="6">
         <v>45</v>
       </c>
       <c r="E185" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B186" s="6" t="s">
         <v>222</v>
       </c>
       <c r="C186" s="6">
         <v>45</v>
       </c>
       <c r="E186" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B187" s="6" t="s">
         <v>223</v>
       </c>
       <c r="C187" s="6">
         <v>45</v>
       </c>
       <c r="E187" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B188" s="6" t="s">
         <v>224</v>
       </c>
       <c r="C188" s="6">
         <v>45</v>
       </c>
       <c r="E188" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B189" s="6" t="s">
         <v>225</v>
       </c>
       <c r="C189" s="6">
         <v>45</v>
       </c>
       <c r="E189" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B190" s="6" t="s">
         <v>226</v>
       </c>
       <c r="C190" s="6">
         <v>45</v>
       </c>
       <c r="E190" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B191" s="6" t="s">
         <v>227</v>
       </c>
       <c r="C191" s="6">
         <v>45</v>
       </c>
       <c r="E191" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B192" s="6" t="s">
         <v>228</v>
       </c>
       <c r="C192" s="6">
         <v>45</v>
       </c>
       <c r="E192" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B193" s="6" t="s">
         <v>229</v>
       </c>
       <c r="C193" s="6">
         <v>45</v>
       </c>
       <c r="E193" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B194" s="6" t="s">
         <v>230</v>
       </c>
       <c r="C194" s="6">
         <v>45</v>
       </c>
       <c r="E194" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B195" s="6" t="s">
         <v>231</v>
       </c>
       <c r="C195" s="6">
         <v>45</v>
       </c>
       <c r="E195" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B196" s="6" t="s">
         <v>232</v>
       </c>
       <c r="C196" s="6">
         <v>45</v>
       </c>
       <c r="E196" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B197" s="6" t="s">
         <v>233</v>
       </c>
       <c r="C197" s="6">
         <v>45</v>
       </c>
       <c r="E197" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B198" s="6" t="s">
         <v>234</v>
       </c>
       <c r="C198" s="6">
         <v>45</v>
       </c>
       <c r="E198" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B199" s="6" t="s">
         <v>235</v>
       </c>
       <c r="C199" s="6">
         <v>45</v>
       </c>
       <c r="E199" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B200" s="6" t="s">
         <v>236</v>
       </c>
       <c r="C200" s="6">
         <v>45</v>
       </c>
       <c r="E200" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B201" s="6" t="s">
         <v>237</v>
       </c>
       <c r="C201" s="6">
         <v>45</v>
       </c>
       <c r="E201" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B202" s="6" t="s">
         <v>238</v>
       </c>
       <c r="C202" s="6">
         <v>45</v>
       </c>
       <c r="E202" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B203" s="6" t="s">
         <v>239</v>
       </c>
       <c r="C203" s="6">
         <v>45</v>
       </c>
       <c r="E203" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B204" s="6" t="s">
         <v>240</v>
       </c>
       <c r="C204" s="6">
         <v>45</v>
       </c>
       <c r="E204" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B205" s="6" t="s">
         <v>241</v>
       </c>
       <c r="C205" s="6">
         <v>45</v>
       </c>
       <c r="E205" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B206" s="6" t="s">
         <v>242</v>
       </c>
       <c r="C206" s="6">
         <v>45</v>
       </c>
       <c r="E206" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B207" s="6" t="s">
         <v>243</v>
       </c>
       <c r="C207" s="6">
         <v>45</v>
       </c>
       <c r="E207" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B208" s="6" t="s">
         <v>244</v>
       </c>
       <c r="C208" s="6">
         <v>45</v>
       </c>
       <c r="E208" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B209" s="6" t="s">
         <v>245</v>
       </c>
       <c r="C209" s="6">
         <v>45</v>
       </c>
       <c r="E209" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B210" s="6" t="s">
         <v>246</v>
       </c>
       <c r="C210" s="6">
         <v>45</v>
       </c>
       <c r="E210" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B211" s="6" t="s">
         <v>247</v>
       </c>
       <c r="C211" s="6">
         <v>45</v>
       </c>
       <c r="E211" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B212" s="6" t="s">
         <v>248</v>
       </c>
       <c r="C212" s="6">
         <v>45</v>
       </c>
       <c r="E212" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B213" s="6" t="s">
         <v>249</v>
       </c>
       <c r="C213" s="6">
         <v>45</v>
       </c>
       <c r="E213" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B214" s="6" t="s">
         <v>250</v>
       </c>
       <c r="C214" s="6">
         <v>45</v>
       </c>
       <c r="E214" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B215" s="6" t="s">
         <v>251</v>
       </c>
       <c r="C215" s="6">
         <v>45</v>
       </c>
       <c r="E215" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B216" s="6" t="s">
         <v>252</v>
       </c>
       <c r="C216" s="6">
         <v>45</v>
       </c>
       <c r="E216" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B217" s="6" t="s">
         <v>253</v>
       </c>
       <c r="C217" s="6">
         <v>45</v>
       </c>
       <c r="E217" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B218" s="6" t="s">
         <v>254</v>
       </c>
       <c r="C218" s="6">
         <v>45</v>
       </c>
       <c r="E218" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B219" s="6" t="s">
         <v>255</v>
       </c>
       <c r="C219" s="6">
         <v>45</v>
       </c>
       <c r="E219" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B220" s="6" t="s">
         <v>256</v>
       </c>
       <c r="C220" s="6">
         <v>45</v>
       </c>
       <c r="E220" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B221" s="6" t="s">
         <v>257</v>
       </c>
       <c r="C221" s="6">
         <v>45</v>
       </c>
       <c r="E221" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B222" s="6" t="s">
         <v>258</v>
       </c>
       <c r="C222" s="6">
         <v>45</v>
       </c>
       <c r="E222" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B223" s="6" t="s">
         <v>259</v>
       </c>
       <c r="C223" s="6">
         <v>45</v>
       </c>
       <c r="E223" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B224" s="6" t="s">
         <v>260</v>
       </c>
       <c r="C224" s="6">
         <v>45</v>
       </c>
       <c r="E224" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B225" s="6" t="s">
         <v>261</v>
       </c>
       <c r="C225" s="6">
         <v>45</v>
       </c>
       <c r="E225" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B226" s="6" t="s">
         <v>262</v>
       </c>
       <c r="C226" s="6">
         <v>45</v>
       </c>
       <c r="E226" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B227" s="6" t="s">
         <v>263</v>
       </c>
       <c r="C227" s="6">
         <v>45</v>
       </c>
       <c r="E227" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B228" s="6" t="s">
         <v>264</v>
       </c>
       <c r="C228" s="6">
         <v>45</v>
       </c>
       <c r="E228" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B229" s="6" t="s">
         <v>265</v>
       </c>
       <c r="C229" s="6">
         <v>45</v>
       </c>
       <c r="E229" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B230" s="6" t="s">
         <v>266</v>
       </c>
       <c r="C230" s="6">
         <v>45</v>
       </c>
       <c r="E230" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B231" s="6" t="s">
         <v>267</v>
       </c>
       <c r="C231" s="6">
         <v>45</v>
       </c>
       <c r="E231" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B232" s="6" t="s">
         <v>268</v>
       </c>
       <c r="C232" s="6">
         <v>45</v>
       </c>
       <c r="E232" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B233" s="6" t="s">
         <v>269</v>
       </c>
       <c r="C233" s="6">
         <v>45</v>
       </c>
       <c r="E233" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B234" s="6" t="s">
         <v>270</v>
       </c>
       <c r="C234" s="6">
         <v>45</v>
       </c>
       <c r="E234" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B235" s="6" t="s">
         <v>271</v>
       </c>
       <c r="C235" s="6">
         <v>45</v>
       </c>
       <c r="E235" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="6" t="s">
         <v>204</v>
       </c>
       <c r="B236" s="6" t="s">
         <v>272</v>
       </c>
       <c r="C236" s="6">
         <v>45</v>
       </c>
       <c r="E236" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="6" t="s">
         <v>273</v>
       </c>
       <c r="B237" s="6" t="s">
         <v>274</v>
       </c>
       <c r="C237" s="6">
         <v>253</v>
       </c>
       <c r="E237" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B238" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C238" s="6">
         <v>1767</v>
       </c>
       <c r="E238" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B239" s="6" t="s">
         <v>276</v>
       </c>
       <c r="C239" s="6">
         <v>1767</v>
       </c>
       <c r="E239" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="6" t="s">
         <v>277</v>
       </c>
       <c r="B240" s="6" t="s">
         <v>278</v>
       </c>
       <c r="C240" s="6">
         <v>1809</v>
       </c>
       <c r="E240" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="6" t="s">
         <v>277</v>
       </c>
       <c r="B241" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C241" s="6">
         <v>1809</v>
       </c>
       <c r="E241" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="6" t="s">
         <v>277</v>
       </c>
       <c r="B242" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C242" s="6">
         <v>1809</v>
       </c>
-      <c r="D242" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E242" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="6" t="s">
         <v>279</v>
       </c>
       <c r="B243" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C243" s="6">
         <v>593</v>
       </c>
       <c r="E243" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="6" t="s">
         <v>279</v>
       </c>
       <c r="B244" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C244" s="6">
         <v>593</v>
       </c>
-      <c r="D244" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E244" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="6" t="s">
         <v>279</v>
       </c>
       <c r="B245" s="6" t="s">
         <v>280</v>
       </c>
       <c r="C245" s="6">
         <v>593</v>
       </c>
       <c r="E245" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="6" t="s">
         <v>281</v>
       </c>
       <c r="B246" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C246" s="6">
         <v>20</v>
       </c>
       <c r="E246" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="6" t="s">
         <v>281</v>
       </c>
       <c r="B247" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C247" s="6">
         <v>20</v>
       </c>
+      <c r="D247" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E247" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="6" t="s">
         <v>281</v>
       </c>
       <c r="B248" s="6" t="s">
         <v>282</v>
       </c>
       <c r="C248" s="6">
         <v>20</v>
       </c>
       <c r="E248" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B249" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C249" s="6">
         <v>503</v>
       </c>
       <c r="E249" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B250" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C250" s="6">
         <v>503</v>
       </c>
       <c r="E250" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B251" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C251" s="6">
         <v>503</v>
       </c>
+      <c r="D251" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E251" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="6" t="s">
         <v>283</v>
       </c>
       <c r="B252" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C252" s="6">
         <v>503</v>
       </c>
       <c r="E252" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="6" t="s">
         <v>284</v>
       </c>
       <c r="B253" s="6" t="s">
         <v>285</v>
       </c>
       <c r="C253" s="6">
         <v>240</v>
       </c>
       <c r="E253" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="6" t="s">
         <v>284</v>
       </c>
       <c r="B254" s="6" t="s">
         <v>286</v>
       </c>
       <c r="C254" s="6">
         <v>240</v>
       </c>
       <c r="E254" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="6" t="s">
         <v>287</v>
       </c>
       <c r="B255" s="6" t="s">
         <v>288</v>
       </c>
       <c r="C255" s="6">
         <v>291</v>
       </c>
       <c r="E255" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="6" t="s">
         <v>289</v>
       </c>
       <c r="B256" s="6" t="s">
         <v>290</v>
       </c>
       <c r="C256" s="6">
         <v>372</v>
       </c>
       <c r="E256" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="6" t="s">
         <v>289</v>
       </c>
       <c r="B257" s="6" t="s">
         <v>291</v>
       </c>
       <c r="C257" s="6">
         <v>372</v>
       </c>
       <c r="E257" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="6" t="s">
         <v>289</v>
       </c>
       <c r="B258" s="6" t="s">
         <v>292</v>
       </c>
       <c r="C258" s="6">
         <v>372</v>
       </c>
       <c r="E258" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="6" t="s">
         <v>293</v>
       </c>
       <c r="B259" s="6" t="s">
         <v>294</v>
       </c>
       <c r="C259" s="6">
         <v>251</v>
       </c>
       <c r="D259" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E259" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="6" t="s">
         <v>295</v>
       </c>
       <c r="B260" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C260" s="6">
         <v>500</v>
       </c>
       <c r="E260" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="6" t="s">
         <v>296</v>
       </c>
       <c r="B261" s="6" t="s">
         <v>297</v>
       </c>
       <c r="C261" s="6">
         <v>298</v>
       </c>
       <c r="E261" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="6" t="s">
         <v>296</v>
       </c>
       <c r="B262" s="6" t="s">
         <v>298</v>
       </c>
       <c r="C262" s="6">
         <v>298</v>
       </c>
       <c r="E262" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="6" t="s">
         <v>299</v>
       </c>
       <c r="B263" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C263" s="6">
         <v>679</v>
       </c>
       <c r="E263" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="6" t="s">
         <v>299</v>
       </c>
       <c r="B264" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C264" s="6">
         <v>679</v>
       </c>
       <c r="E264" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="6" t="s">
         <v>300</v>
       </c>
       <c r="B265" s="6" t="s">
         <v>301</v>
       </c>
       <c r="C265" s="6">
         <v>358</v>
       </c>
       <c r="E265" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="6" t="s">
         <v>300</v>
       </c>
       <c r="B266" s="6" t="s">
         <v>302</v>
       </c>
       <c r="C266" s="6">
         <v>358</v>
       </c>
       <c r="D266" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E266" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="6" t="s">
         <v>300</v>
       </c>
       <c r="B267" s="6" t="s">
         <v>291</v>
       </c>
       <c r="C267" s="6">
         <v>358</v>
       </c>
       <c r="E267" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="6" t="s">
         <v>300</v>
       </c>
       <c r="B268" s="6" t="s">
         <v>303</v>
       </c>
       <c r="C268" s="6">
         <v>358</v>
       </c>
       <c r="E268" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B269" s="6" t="s">
         <v>305</v>
       </c>
       <c r="C269" s="6">
         <v>33</v>
       </c>
       <c r="E269" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B270" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C270" s="6">
         <v>33</v>
       </c>
       <c r="E270" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B271" s="6" t="s">
         <v>306</v>
       </c>
       <c r="C271" s="6">
         <v>33</v>
       </c>
       <c r="E271" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B272" s="6" t="s">
         <v>307</v>
       </c>
       <c r="C272" s="6">
         <v>33</v>
       </c>
       <c r="E272" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B273" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C273" s="6">
         <v>33</v>
       </c>
       <c r="E273" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B274" s="6" t="s">
         <v>308</v>
       </c>
       <c r="C274" s="6">
         <v>33</v>
       </c>
       <c r="E274" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B275" s="6" t="s">
         <v>217</v>
       </c>
       <c r="C275" s="6">
         <v>33</v>
       </c>
       <c r="E275" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B276" s="6" t="s">
         <v>309</v>
       </c>
       <c r="C276" s="6">
         <v>33</v>
       </c>
       <c r="E276" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B277" s="6" t="s">
         <v>310</v>
       </c>
       <c r="C277" s="6">
         <v>33</v>
       </c>
       <c r="E277" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="6" t="s">
         <v>304</v>
       </c>
       <c r="B278" s="6" t="s">
         <v>311</v>
       </c>
       <c r="C278" s="6">
         <v>33</v>
       </c>
       <c r="E278" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="6" t="s">
         <v>312</v>
       </c>
       <c r="B279" s="6" t="s">
         <v>313</v>
       </c>
-      <c r="E279" s="6" t="s">
+      <c r="E279" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="6" t="s">
         <v>312</v>
       </c>
       <c r="B280" s="6" t="s">
         <v>314</v>
       </c>
-      <c r="E280" s="6" t="s">
+      <c r="E280" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="6" t="s">
         <v>312</v>
       </c>
       <c r="B281" s="6" t="s">
         <v>315</v>
       </c>
-      <c r="E281" s="6" t="s">
+      <c r="E281" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="6" t="s">
         <v>316</v>
       </c>
       <c r="B282" s="6" t="s">
         <v>317</v>
       </c>
       <c r="C282" s="6">
         <v>689</v>
       </c>
       <c r="E282" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="6" t="s">
         <v>316</v>
       </c>
       <c r="B283" s="6" t="s">
         <v>318</v>
       </c>
       <c r="C283" s="6">
         <v>689</v>
       </c>
       <c r="D283" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E283" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="6" t="s">
         <v>319</v>
       </c>
       <c r="B284" s="6" t="s">
         <v>320</v>
       </c>
       <c r="C284" s="6">
         <v>241</v>
       </c>
       <c r="D284" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E284" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="6" t="s">
         <v>319</v>
       </c>
       <c r="B285" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C285" s="6">
         <v>241</v>
       </c>
       <c r="E285" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="6" t="s">
         <v>319</v>
       </c>
       <c r="B286" s="6" t="s">
         <v>321</v>
       </c>
       <c r="C286" s="6">
         <v>241</v>
       </c>
       <c r="E286" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B287" s="6" t="s">
         <v>323</v>
       </c>
       <c r="C287" s="6">
         <v>220</v>
       </c>
       <c r="D287" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E287" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B288" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C288" s="6">
         <v>220</v>
       </c>
       <c r="E288" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B289" s="6" t="s">
         <v>324</v>
       </c>
       <c r="C289" s="6">
         <v>220</v>
       </c>
       <c r="E289" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="6" t="s">
         <v>322</v>
       </c>
       <c r="B290" s="6" t="s">
         <v>325</v>
       </c>
       <c r="C290" s="6">
         <v>220</v>
       </c>
       <c r="E290" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="6" t="s">
         <v>326</v>
       </c>
       <c r="B291" s="6" t="s">
         <v>327</v>
       </c>
       <c r="C291" s="6">
         <v>995</v>
       </c>
       <c r="D291" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E291" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="6" t="s">
         <v>326</v>
       </c>
       <c r="B292" s="6" t="s">
         <v>328</v>
       </c>
       <c r="C292" s="6">
         <v>995</v>
       </c>
       <c r="E292" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="6" t="s">
         <v>326</v>
       </c>
       <c r="B293" s="6" t="s">
         <v>329</v>
       </c>
       <c r="C293" s="6">
         <v>995</v>
       </c>
       <c r="E293" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B294" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C294" s="6">
         <v>49</v>
       </c>
       <c r="E294" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B295" s="6" t="s">
         <v>331</v>
       </c>
       <c r="C295" s="6">
         <v>49</v>
       </c>
       <c r="E295" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B296" s="6" t="s">
         <v>202</v>
       </c>
       <c r="C296" s="6">
         <v>49</v>
       </c>
       <c r="E296" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B297" s="6" t="s">
         <v>332</v>
       </c>
       <c r="C297" s="6">
         <v>49</v>
       </c>
       <c r="E297" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B298" s="6" t="s">
         <v>333</v>
       </c>
       <c r="C298" s="6">
         <v>49</v>
       </c>
       <c r="E298" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="6" t="s">
         <v>330</v>
       </c>
       <c r="B299" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C299" s="6">
         <v>49</v>
       </c>
+      <c r="D299" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E299" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B300" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C300" s="6">
         <v>233</v>
       </c>
       <c r="D300" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E300" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B301" s="6" t="s">
         <v>335</v>
       </c>
       <c r="C301" s="6">
         <v>233</v>
       </c>
       <c r="D301" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E301" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B302" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C302" s="6">
         <v>233</v>
       </c>
       <c r="D302" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E302" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="6" t="s">
         <v>334</v>
       </c>
       <c r="B303" s="6" t="s">
         <v>336</v>
       </c>
       <c r="C303" s="6">
         <v>233</v>
       </c>
       <c r="D303" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E303" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="6" t="s">
         <v>337</v>
       </c>
       <c r="B304" s="6" t="s">
         <v>338</v>
       </c>
       <c r="C304" s="6">
         <v>350</v>
       </c>
       <c r="E304" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="6" t="s">
         <v>339</v>
       </c>
       <c r="B305" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C305" s="6">
         <v>30</v>
       </c>
       <c r="E305" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="6" t="s">
         <v>339</v>
       </c>
       <c r="B306" s="6" t="s">
         <v>340</v>
       </c>
       <c r="C306" s="6">
         <v>30</v>
       </c>
       <c r="E306" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="6" t="s">
         <v>339</v>
       </c>
       <c r="B307" s="6" t="s">
         <v>341</v>
       </c>
       <c r="C307" s="6">
         <v>30</v>
       </c>
       <c r="D307" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E307" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="6" t="s">
         <v>342</v>
       </c>
       <c r="B308" s="6" t="s">
         <v>343</v>
       </c>
       <c r="C308" s="6">
         <v>299</v>
       </c>
       <c r="E308" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="6" t="s">
         <v>344</v>
       </c>
       <c r="B309" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C309" s="6">
         <v>1473</v>
       </c>
       <c r="E309" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="6" t="s">
         <v>344</v>
       </c>
       <c r="B310" s="6" t="s">
         <v>71</v>
       </c>
       <c r="C310" s="6">
         <v>1473</v>
       </c>
       <c r="E310" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="6" t="s">
         <v>345</v>
       </c>
       <c r="B311" s="6" t="s">
         <v>346</v>
       </c>
       <c r="E311" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="6" t="s">
         <v>345</v>
       </c>
       <c r="B312" s="6" t="s">
         <v>347</v>
       </c>
       <c r="E312" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="6" t="s">
         <v>345</v>
       </c>
       <c r="B313" s="6" t="s">
         <v>348</v>
       </c>
       <c r="E313" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="6" t="s">
         <v>345</v>
       </c>
       <c r="B314" s="6" t="s">
         <v>306</v>
       </c>
       <c r="E314" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="6" t="s">
         <v>345</v>
       </c>
       <c r="B315" s="6" t="s">
         <v>349</v>
       </c>
       <c r="E315" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="6" t="s">
         <v>350</v>
       </c>
       <c r="B316" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C316" s="6">
         <v>502</v>
       </c>
       <c r="E316" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="6" t="s">
         <v>350</v>
       </c>
       <c r="B317" s="6" t="s">
         <v>351</v>
       </c>
       <c r="C317" s="6">
         <v>502</v>
       </c>
       <c r="E317" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="6" t="s">
         <v>352</v>
       </c>
       <c r="B318" s="6" t="s">
         <v>353</v>
       </c>
       <c r="C318" s="6">
         <v>44</v>
       </c>
       <c r="E318" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="6" t="s">
         <v>352</v>
       </c>
       <c r="B319" s="6" t="s">
         <v>354</v>
       </c>
       <c r="C319" s="6">
         <v>44</v>
       </c>
       <c r="E319" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="6" t="s">
         <v>355</v>
       </c>
       <c r="B320" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C320" s="6">
         <v>224</v>
       </c>
       <c r="E320" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="6" t="s">
         <v>355</v>
       </c>
       <c r="B321" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C321" s="6">
         <v>224</v>
       </c>
       <c r="E321" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="6" t="s">
         <v>355</v>
       </c>
       <c r="B322" s="6" t="s">
         <v>356</v>
       </c>
       <c r="C322" s="6">
         <v>224</v>
       </c>
       <c r="E322" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="6" t="s">
         <v>357</v>
       </c>
       <c r="B323" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C323" s="6">
         <v>245</v>
       </c>
       <c r="E323" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="6" t="s">
         <v>357</v>
       </c>
       <c r="B324" s="6" t="s">
         <v>358</v>
       </c>
       <c r="C324" s="6">
         <v>245</v>
       </c>
       <c r="E324" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="6" t="s">
         <v>359</v>
       </c>
       <c r="B325" s="6" t="s">
         <v>360</v>
       </c>
       <c r="C325" s="6">
         <v>592</v>
       </c>
       <c r="D325" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E325" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="6" t="s">
         <v>359</v>
       </c>
       <c r="B326" s="6" t="s">
         <v>361</v>
       </c>
       <c r="C326" s="6">
         <v>592</v>
       </c>
       <c r="D326" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E326" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="6" t="s">
         <v>362</v>
       </c>
       <c r="B327" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C327" s="6">
         <v>509</v>
       </c>
       <c r="E327" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="6" t="s">
         <v>362</v>
       </c>
       <c r="B328" s="6" t="s">
         <v>363</v>
       </c>
       <c r="C328" s="6">
         <v>509</v>
       </c>
       <c r="D328" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E328" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B329" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C329" s="6">
         <v>504</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E329" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B330" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C330" s="6">
         <v>504</v>
       </c>
       <c r="E330" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B331" s="6" t="s">
         <v>365</v>
       </c>
       <c r="C331" s="6">
         <v>504</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E331" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B332" s="6" t="s">
         <v>367</v>
       </c>
       <c r="C332" s="6">
         <v>852</v>
       </c>
       <c r="E332" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B333" s="6" t="s">
         <v>368</v>
       </c>
       <c r="C333" s="6">
         <v>852</v>
       </c>
       <c r="E333" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B334" s="6" t="s">
         <v>369</v>
       </c>
       <c r="C334" s="6">
         <v>852</v>
       </c>
       <c r="E334" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B335" s="6" t="s">
         <v>370</v>
       </c>
       <c r="C335" s="6">
         <v>852</v>
       </c>
       <c r="E335" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="6" t="s">
         <v>371</v>
       </c>
       <c r="B336" s="6" t="s">
         <v>372</v>
       </c>
       <c r="C336" s="6">
         <v>36</v>
       </c>
       <c r="E336" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="6" t="s">
         <v>371</v>
       </c>
       <c r="B337" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C337" s="6">
         <v>36</v>
       </c>
       <c r="E337" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="6" t="s">
         <v>371</v>
       </c>
       <c r="B338" s="6" t="s">
         <v>374</v>
       </c>
       <c r="C338" s="6">
         <v>36</v>
       </c>
       <c r="D338" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E338" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="6" t="s">
         <v>375</v>
       </c>
       <c r="B339" s="6" t="s">
         <v>376</v>
       </c>
       <c r="C339" s="6">
         <v>354</v>
       </c>
       <c r="E339" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="6" t="s">
         <v>375</v>
       </c>
       <c r="B340" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C340" s="6">
         <v>354</v>
       </c>
       <c r="E340" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="6" t="s">
         <v>375</v>
       </c>
       <c r="B341" s="6" t="s">
         <v>377</v>
       </c>
       <c r="C341" s="6">
         <v>354</v>
       </c>
       <c r="E341" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B342" s="6" t="s">
         <v>379</v>
       </c>
       <c r="C342" s="6">
         <v>91</v>
       </c>
       <c r="E342" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B343" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C343" s="6">
         <v>91</v>
       </c>
       <c r="E343" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B344" s="6" t="s">
         <v>380</v>
       </c>
       <c r="C344" s="6">
         <v>91</v>
       </c>
       <c r="E344" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B345" s="6" t="s">
         <v>381</v>
       </c>
       <c r="C345" s="6">
         <v>91</v>
       </c>
       <c r="E345" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="6" t="s">
         <v>378</v>
       </c>
       <c r="B346" s="6" t="s">
         <v>382</v>
       </c>
       <c r="C346" s="6">
         <v>91</v>
       </c>
       <c r="E346" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="6" t="s">
         <v>383</v>
       </c>
       <c r="B347" s="6" t="s">
         <v>384</v>
       </c>
       <c r="C347" s="6">
         <v>62</v>
       </c>
       <c r="E347" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="6" t="s">
         <v>383</v>
       </c>
       <c r="B348" s="6" t="s">
         <v>385</v>
       </c>
       <c r="C348" s="6">
         <v>62</v>
       </c>
       <c r="E348" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="6" t="s">
         <v>383</v>
       </c>
       <c r="B349" s="6" t="s">
         <v>386</v>
       </c>
       <c r="C349" s="6">
         <v>62</v>
       </c>
       <c r="E349" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="6" t="s">
         <v>383</v>
       </c>
       <c r="B350" s="6" t="s">
         <v>387</v>
       </c>
       <c r="C350" s="6">
         <v>62</v>
       </c>
       <c r="E350" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B351" s="6" t="s">
         <v>389</v>
       </c>
       <c r="C351" s="6">
         <v>98</v>
       </c>
       <c r="D351" s="6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="E351" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E351" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B352" s="6" t="s">
         <v>390</v>
       </c>
       <c r="C352" s="6">
         <v>98</v>
       </c>
       <c r="D352" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E352" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B353" s="6" t="s">
         <v>391</v>
       </c>
       <c r="C353" s="6">
         <v>98</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E353" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B354" s="6" t="s">
         <v>392</v>
       </c>
       <c r="C354" s="6">
         <v>98</v>
       </c>
       <c r="D354" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E354" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="6" t="s">
         <v>388</v>
       </c>
       <c r="B355" s="6" t="s">
         <v>393</v>
       </c>
       <c r="C355" s="6">
         <v>98</v>
       </c>
       <c r="E355" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B356" s="6" t="s">
         <v>395</v>
       </c>
       <c r="C356" s="6">
         <v>964</v>
       </c>
       <c r="D356" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E356" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B357" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C357" s="6">
         <v>964</v>
       </c>
       <c r="D357" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E357" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B358" s="6" t="s">
         <v>396</v>
       </c>
       <c r="C358" s="6">
         <v>964</v>
       </c>
       <c r="E358" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="6" t="s">
         <v>394</v>
       </c>
       <c r="B359" s="6" t="s">
         <v>397</v>
       </c>
       <c r="C359" s="6">
         <v>964</v>
       </c>
       <c r="D359" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E359" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B360" s="6" t="s">
         <v>399</v>
       </c>
       <c r="C360" s="6">
         <v>353</v>
       </c>
       <c r="E360" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B361" s="6" t="s">
         <v>400</v>
       </c>
       <c r="C361" s="6">
         <v>353</v>
       </c>
       <c r="E361" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B362" s="6" t="s">
         <v>401</v>
       </c>
       <c r="C362" s="6">
         <v>353</v>
       </c>
       <c r="E362" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B363" s="6" t="s">
         <v>402</v>
       </c>
       <c r="C363" s="6">
         <v>353</v>
       </c>
       <c r="E363" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="6" t="s">
         <v>398</v>
       </c>
       <c r="B364" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C364" s="6">
         <v>353</v>
       </c>
       <c r="E364" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="6" t="s">
         <v>403</v>
       </c>
       <c r="B365" s="6" t="s">
         <v>404</v>
       </c>
       <c r="C365" s="6">
         <v>44</v>
       </c>
       <c r="E365" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="6" t="s">
         <v>403</v>
       </c>
       <c r="B366" s="6" t="s">
         <v>405</v>
       </c>
       <c r="C366" s="6">
         <v>44</v>
       </c>
       <c r="E366" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B367" s="6" t="s">
         <v>356</v>
       </c>
       <c r="C367" s="6">
         <v>972</v>
       </c>
       <c r="E367" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B368" s="6" t="s">
         <v>407</v>
       </c>
       <c r="C368" s="6">
         <v>972</v>
       </c>
       <c r="D368" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E368" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B369" s="6" t="s">
         <v>408</v>
       </c>
       <c r="C369" s="6">
         <v>972</v>
       </c>
       <c r="E369" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B370" s="6" t="s">
         <v>409</v>
       </c>
       <c r="C370" s="6">
         <v>972</v>
       </c>
       <c r="E370" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B371" s="6" t="s">
         <v>410</v>
       </c>
       <c r="C371" s="6">
         <v>972</v>
       </c>
       <c r="E371" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B372" s="6" t="s">
         <v>411</v>
       </c>
       <c r="C372" s="6">
         <v>972</v>
       </c>
       <c r="D372" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E372" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B373" s="6" t="s">
         <v>412</v>
       </c>
       <c r="C373" s="6">
         <v>972</v>
       </c>
       <c r="E373" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B374" s="6" t="s">
         <v>413</v>
       </c>
       <c r="C374" s="6">
         <v>972</v>
       </c>
       <c r="E374" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B375" s="6" t="s">
         <v>414</v>
       </c>
       <c r="C375" s="6">
         <v>972</v>
       </c>
       <c r="E375" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B376" s="6" t="s">
         <v>415</v>
       </c>
       <c r="C376" s="6">
         <v>972</v>
       </c>
       <c r="E376" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="6" t="s">
         <v>406</v>
       </c>
       <c r="B377" s="6" t="s">
         <v>416</v>
       </c>
       <c r="C377" s="6">
         <v>972</v>
       </c>
       <c r="D377" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E377" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B378" s="6" t="s">
         <v>418</v>
       </c>
       <c r="C378" s="6">
         <v>39</v>
       </c>
       <c r="E378" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B379" s="6" t="s">
         <v>419</v>
       </c>
       <c r="C379" s="6">
         <v>39</v>
       </c>
-      <c r="D379" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E379" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B380" s="6" t="s">
         <v>420</v>
       </c>
       <c r="C380" s="6">
         <v>39</v>
       </c>
       <c r="E380" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B381" s="6" t="s">
         <v>421</v>
       </c>
       <c r="C381" s="6">
         <v>39</v>
       </c>
       <c r="E381" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B382" s="6" t="s">
         <v>422</v>
       </c>
       <c r="C382" s="6">
         <v>39</v>
       </c>
       <c r="E382" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="6" t="s">
         <v>417</v>
       </c>
       <c r="B383" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C383" s="6">
         <v>39</v>
       </c>
       <c r="E383" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="6" t="s">
         <v>423</v>
       </c>
       <c r="B384" s="6" t="s">
         <v>104</v>
       </c>
       <c r="D384" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E384" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="6" t="s">
         <v>423</v>
       </c>
       <c r="B385" s="6" t="s">
         <v>424</v>
       </c>
       <c r="D385" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E385" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="6" t="s">
         <v>423</v>
       </c>
       <c r="B386" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D386" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E386" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="6" t="s">
         <v>425</v>
       </c>
       <c r="B387" s="6" t="s">
         <v>426</v>
       </c>
       <c r="C387" s="6">
         <v>1876</v>
       </c>
       <c r="E387" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="6" t="s">
         <v>425</v>
       </c>
       <c r="B388" s="6" t="s">
         <v>427</v>
       </c>
       <c r="C388" s="6">
         <v>1876</v>
       </c>
       <c r="D388" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E388" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="6" t="s">
         <v>428</v>
       </c>
       <c r="B389" s="6" t="s">
         <v>429</v>
       </c>
       <c r="C389" s="6">
         <v>81</v>
       </c>
       <c r="E389" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="6" t="s">
         <v>428</v>
       </c>
       <c r="B390" s="6" t="s">
         <v>430</v>
       </c>
       <c r="C390" s="6">
         <v>81</v>
       </c>
       <c r="E390" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="6" t="s">
         <v>428</v>
       </c>
       <c r="B391" s="6" t="s">
         <v>431</v>
       </c>
       <c r="C391" s="6">
         <v>81</v>
       </c>
       <c r="E391" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="6" t="s">
         <v>428</v>
       </c>
       <c r="B392" s="6" t="s">
         <v>432</v>
       </c>
       <c r="C392" s="6">
         <v>81</v>
       </c>
       <c r="E392" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B393" s="6" t="s">
         <v>434</v>
       </c>
       <c r="C393" s="6">
         <v>44</v>
       </c>
       <c r="E393" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B394" s="6" t="s">
         <v>405</v>
       </c>
       <c r="C394" s="6">
         <v>44</v>
       </c>
       <c r="E394" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="6" t="s">
         <v>433</v>
       </c>
       <c r="B395" s="6" t="s">
         <v>435</v>
       </c>
       <c r="C395" s="6">
         <v>44</v>
       </c>
       <c r="E395" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="6" t="s">
         <v>436</v>
       </c>
       <c r="B396" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C396" s="6">
         <v>962</v>
       </c>
       <c r="E396" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="6" t="s">
         <v>436</v>
       </c>
       <c r="B397" s="6" t="s">
         <v>437</v>
       </c>
       <c r="C397" s="6">
         <v>962</v>
       </c>
       <c r="E397" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="6" t="s">
         <v>436</v>
       </c>
       <c r="B398" s="6" t="s">
         <v>438</v>
       </c>
       <c r="C398" s="6">
         <v>962</v>
       </c>
       <c r="E398" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="6" t="s">
         <v>439</v>
       </c>
       <c r="B399" s="6" t="s">
         <v>440</v>
       </c>
       <c r="C399" s="6">
         <v>7</v>
       </c>
       <c r="E399" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="6" t="s">
         <v>439</v>
       </c>
       <c r="B400" s="6" t="s">
         <v>441</v>
       </c>
       <c r="C400" s="6">
         <v>7</v>
       </c>
       <c r="D400" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E400" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="6" t="s">
         <v>439</v>
       </c>
       <c r="B401" s="6" t="s">
         <v>442</v>
       </c>
       <c r="C401" s="6">
         <v>7</v>
       </c>
       <c r="E401" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="6" t="s">
         <v>439</v>
       </c>
       <c r="B402" s="6" t="s">
         <v>443</v>
       </c>
       <c r="C402" s="6">
         <v>7</v>
       </c>
       <c r="D402" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E402" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="6" t="s">
         <v>444</v>
       </c>
       <c r="B403" s="6" t="s">
         <v>445</v>
       </c>
       <c r="C403" s="6">
         <v>254</v>
       </c>
       <c r="D403" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E403" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="6" t="s">
         <v>444</v>
       </c>
       <c r="B404" s="6" t="s">
         <v>446</v>
       </c>
       <c r="C404" s="6">
         <v>254</v>
       </c>
       <c r="E404" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="6" t="s">
         <v>444</v>
       </c>
       <c r="B405" s="6" t="s">
         <v>447</v>
       </c>
       <c r="C405" s="6">
         <v>254</v>
       </c>
-      <c r="D405" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E405" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="6" t="s">
         <v>448</v>
       </c>
       <c r="B406" s="6" t="s">
         <v>449</v>
       </c>
       <c r="E406" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="6" t="s">
         <v>448</v>
       </c>
       <c r="B407" s="6" t="s">
         <v>450</v>
       </c>
       <c r="E407" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="6" t="s">
         <v>451</v>
       </c>
       <c r="B408" s="6" t="s">
         <v>452</v>
       </c>
       <c r="C408" s="6">
         <v>965</v>
       </c>
       <c r="E408" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="6" t="s">
         <v>451</v>
       </c>
       <c r="B409" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C409" s="6">
         <v>965</v>
       </c>
       <c r="E409" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="6" t="s">
         <v>451</v>
       </c>
       <c r="B410" s="6" t="s">
         <v>454</v>
       </c>
       <c r="C410" s="6">
         <v>965</v>
       </c>
       <c r="E410" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="6" t="s">
         <v>455</v>
       </c>
       <c r="B411" s="6" t="s">
         <v>456</v>
       </c>
       <c r="C411" s="6">
         <v>996</v>
       </c>
       <c r="E411" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="6" t="s">
         <v>455</v>
       </c>
       <c r="B412" s="6" t="s">
         <v>457</v>
       </c>
       <c r="C412" s="6">
         <v>996</v>
       </c>
       <c r="D412" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E412" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="6" t="s">
         <v>455</v>
       </c>
       <c r="B413" s="6" t="s">
         <v>458</v>
       </c>
       <c r="C413" s="6">
         <v>996</v>
       </c>
       <c r="D413" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E413" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="6" t="s">
         <v>459</v>
       </c>
       <c r="B414" s="6" t="s">
         <v>460</v>
       </c>
       <c r="C414" s="6">
         <v>856</v>
       </c>
       <c r="E414" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="6" t="s">
         <v>459</v>
       </c>
       <c r="B415" s="6" t="s">
         <v>461</v>
       </c>
       <c r="C415" s="6">
         <v>856</v>
       </c>
       <c r="E415" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="6" t="s">
         <v>459</v>
       </c>
       <c r="B416" s="6" t="s">
         <v>462</v>
       </c>
       <c r="C416" s="6">
         <v>856</v>
       </c>
       <c r="E416" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="6" t="s">
         <v>459</v>
       </c>
       <c r="B417" s="6" t="s">
         <v>463</v>
       </c>
       <c r="C417" s="6">
         <v>856</v>
       </c>
       <c r="E417" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="6" t="s">
         <v>464</v>
       </c>
       <c r="B418" s="6" t="s">
         <v>465</v>
       </c>
       <c r="C418" s="6">
         <v>371</v>
       </c>
       <c r="E418" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="6" t="s">
         <v>464</v>
       </c>
       <c r="B419" s="6" t="s">
         <v>443</v>
       </c>
       <c r="C419" s="6">
         <v>371</v>
       </c>
       <c r="E419" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="6" t="s">
         <v>464</v>
       </c>
       <c r="B420" s="6" t="s">
         <v>466</v>
       </c>
       <c r="C420" s="6">
         <v>371</v>
       </c>
       <c r="E420" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="6" t="s">
         <v>467</v>
       </c>
       <c r="B421" s="6" t="s">
         <v>468</v>
       </c>
       <c r="C421" s="6">
         <v>961</v>
       </c>
       <c r="E421" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="6" t="s">
         <v>467</v>
       </c>
       <c r="B422" s="6" t="s">
         <v>469</v>
       </c>
       <c r="C422" s="6">
         <v>961</v>
       </c>
       <c r="E422" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="6" t="s">
         <v>470</v>
       </c>
       <c r="B423" s="6" t="s">
         <v>471</v>
       </c>
       <c r="C423" s="6">
         <v>266</v>
       </c>
-      <c r="E423" s="6" t="s">
+      <c r="E423" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="6" t="s">
         <v>470</v>
       </c>
       <c r="B424" s="6" t="s">
         <v>472</v>
       </c>
       <c r="C424" s="6">
         <v>266</v>
       </c>
       <c r="E424" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="6" t="s">
         <v>473</v>
       </c>
       <c r="B425" s="6" t="s">
         <v>474</v>
       </c>
       <c r="C425" s="6">
         <v>231</v>
       </c>
       <c r="E425" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="6" t="s">
         <v>473</v>
       </c>
       <c r="B426" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C426" s="6">
         <v>231</v>
       </c>
       <c r="E426" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="6" t="s">
         <v>475</v>
       </c>
       <c r="B427" s="6" t="s">
         <v>476</v>
       </c>
       <c r="C427" s="6">
         <v>218</v>
       </c>
       <c r="E427" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="6" t="s">
         <v>475</v>
       </c>
       <c r="B428" s="6" t="s">
         <v>477</v>
       </c>
       <c r="C428" s="6">
         <v>218</v>
       </c>
       <c r="E428" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="6" t="s">
         <v>478</v>
       </c>
       <c r="B429" s="6" t="s">
         <v>479</v>
       </c>
       <c r="C429" s="6">
         <v>423</v>
       </c>
       <c r="E429" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="6" t="s">
         <v>478</v>
       </c>
       <c r="B430" s="6" t="s">
         <v>480</v>
       </c>
       <c r="C430" s="6">
         <v>423</v>
       </c>
       <c r="E430" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="6" t="s">
         <v>478</v>
       </c>
       <c r="B431" s="6" t="s">
         <v>481</v>
       </c>
       <c r="C431" s="6">
         <v>423</v>
       </c>
       <c r="D431" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E431" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="6" t="s">
         <v>482</v>
       </c>
       <c r="B432" s="6" t="s">
         <v>290</v>
       </c>
       <c r="C432" s="6">
         <v>370</v>
       </c>
       <c r="E432" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="6" t="s">
         <v>482</v>
       </c>
       <c r="B433" s="6" t="s">
         <v>483</v>
       </c>
       <c r="C433" s="6">
         <v>370</v>
       </c>
       <c r="E433" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="6" t="s">
         <v>482</v>
       </c>
       <c r="B434" s="6" t="s">
         <v>443</v>
       </c>
       <c r="C434" s="6">
         <v>370</v>
       </c>
       <c r="E434" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="6" t="s">
         <v>484</v>
       </c>
       <c r="B435" s="6" t="s">
         <v>485</v>
       </c>
       <c r="C435" s="6">
         <v>352</v>
       </c>
       <c r="E435" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="6" t="s">
         <v>484</v>
       </c>
       <c r="B436" s="6" t="s">
         <v>486</v>
       </c>
       <c r="C436" s="6">
         <v>352</v>
       </c>
       <c r="E436" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="6" t="s">
         <v>484</v>
       </c>
       <c r="B437" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C437" s="6">
         <v>352</v>
       </c>
       <c r="E437" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="6" t="s">
         <v>487</v>
       </c>
       <c r="B438" s="6" t="s">
         <v>488</v>
       </c>
       <c r="E438" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="6" t="s">
         <v>487</v>
       </c>
       <c r="B439" s="6" t="s">
         <v>171</v>
       </c>
       <c r="E439" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="6" t="s">
         <v>487</v>
       </c>
       <c r="B440" s="6" t="s">
         <v>489</v>
       </c>
       <c r="E440" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="6" t="s">
         <v>490</v>
       </c>
       <c r="B441" s="6" t="s">
         <v>203</v>
       </c>
       <c r="C441" s="6">
         <v>389</v>
       </c>
       <c r="E441" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="6" t="s">
         <v>490</v>
       </c>
       <c r="B442" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C442" s="6">
         <v>389</v>
       </c>
       <c r="E442" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="6" t="s">
         <v>490</v>
       </c>
       <c r="B443" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C443" s="6">
         <v>389</v>
       </c>
       <c r="E443" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="6" t="s">
         <v>491</v>
       </c>
       <c r="B444" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C444" s="6">
         <v>261</v>
       </c>
       <c r="D444" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E444" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="6" t="s">
         <v>491</v>
       </c>
       <c r="B445" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C445" s="6">
         <v>261</v>
       </c>
       <c r="E445" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="6" t="s">
         <v>491</v>
       </c>
       <c r="B446" s="6" t="s">
         <v>492</v>
       </c>
       <c r="C446" s="6">
         <v>261</v>
       </c>
       <c r="E446" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="6" t="s">
         <v>493</v>
       </c>
       <c r="B447" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C447" s="6">
         <v>265</v>
       </c>
       <c r="E447" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="6" t="s">
         <v>493</v>
       </c>
       <c r="B448" s="6" t="s">
         <v>494</v>
       </c>
       <c r="C448" s="6">
         <v>265</v>
       </c>
       <c r="E448" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B449" s="6" t="s">
         <v>496</v>
       </c>
       <c r="C449" s="6">
         <v>60</v>
       </c>
       <c r="E449" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B450" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C450" s="6">
         <v>60</v>
       </c>
       <c r="E450" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B451" s="6" t="s">
         <v>497</v>
       </c>
       <c r="C451" s="6">
         <v>60</v>
       </c>
       <c r="E451" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B452" s="6" t="s">
         <v>498</v>
       </c>
       <c r="C452" s="6">
         <v>60</v>
       </c>
       <c r="E452" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C453" s="6">
         <v>60</v>
       </c>
       <c r="E453" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="6" t="s">
         <v>495</v>
       </c>
       <c r="B454" s="6" t="s">
         <v>499</v>
       </c>
       <c r="C454" s="6">
         <v>60</v>
       </c>
       <c r="E454" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="6" t="s">
         <v>500</v>
       </c>
       <c r="B455" s="6" t="s">
         <v>501</v>
       </c>
       <c r="C455" s="6">
         <v>960</v>
       </c>
       <c r="E455" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="6" t="s">
         <v>500</v>
       </c>
       <c r="B456" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C456" s="6">
         <v>960</v>
       </c>
       <c r="E456" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="6" t="s">
         <v>502</v>
       </c>
       <c r="B457" s="6" t="s">
         <v>503</v>
       </c>
       <c r="C457" s="6">
         <v>223</v>
       </c>
-      <c r="E457" s="6" t="s">
+      <c r="D457" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E457" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="6" t="s">
         <v>502</v>
       </c>
       <c r="B458" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C458" s="6">
         <v>223</v>
       </c>
-      <c r="E458" s="6" t="s">
+      <c r="D458" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E458" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="6" t="s">
         <v>504</v>
       </c>
       <c r="B459" s="6" t="s">
         <v>505</v>
       </c>
       <c r="C459" s="6">
         <v>356</v>
       </c>
       <c r="E459" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="6" t="s">
         <v>504</v>
       </c>
       <c r="B460" s="6" t="s">
         <v>199</v>
       </c>
       <c r="C460" s="6">
         <v>356</v>
       </c>
       <c r="E460" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="6" t="s">
         <v>504</v>
       </c>
       <c r="B461" s="6" t="s">
         <v>506</v>
       </c>
       <c r="C461" s="6">
         <v>356</v>
       </c>
       <c r="E461" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B462" s="6" t="s">
         <v>508</v>
       </c>
       <c r="E462" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B463" s="6" t="s">
         <v>509</v>
       </c>
       <c r="E463" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B464" s="6" t="s">
         <v>314</v>
       </c>
       <c r="E464" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="6" t="s">
         <v>510</v>
       </c>
       <c r="B465" s="6" t="s">
         <v>511</v>
       </c>
       <c r="C465" s="6">
         <v>222</v>
       </c>
       <c r="E465" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="6" t="s">
         <v>510</v>
       </c>
       <c r="B466" s="6" t="s">
         <v>512</v>
       </c>
       <c r="C466" s="6">
         <v>222</v>
       </c>
       <c r="E466" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="6" t="s">
         <v>510</v>
       </c>
       <c r="B467" s="6" t="s">
         <v>513</v>
       </c>
       <c r="C467" s="6">
         <v>222</v>
       </c>
       <c r="E467" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="6" t="s">
         <v>514</v>
       </c>
       <c r="B468" s="6" t="s">
         <v>515</v>
       </c>
       <c r="C468" s="6">
         <v>230</v>
       </c>
       <c r="D468" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E468" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="6" t="s">
         <v>514</v>
       </c>
       <c r="B469" s="6" t="s">
         <v>516</v>
       </c>
       <c r="C469" s="6">
         <v>230</v>
       </c>
       <c r="E469" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="6" t="s">
         <v>514</v>
       </c>
       <c r="B470" s="6" t="s">
         <v>517</v>
       </c>
       <c r="C470" s="6">
         <v>230</v>
       </c>
       <c r="E470" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="6" t="s">
         <v>518</v>
       </c>
       <c r="B471" s="6" t="s">
         <v>519</v>
       </c>
       <c r="C471" s="6">
         <v>52</v>
       </c>
       <c r="E471" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="6" t="s">
         <v>518</v>
       </c>
       <c r="B472" s="6" t="s">
         <v>520</v>
       </c>
       <c r="C472" s="6">
         <v>52</v>
       </c>
       <c r="E472" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="6" t="s">
         <v>518</v>
       </c>
       <c r="B473" s="6" t="s">
         <v>521</v>
       </c>
       <c r="C473" s="6">
         <v>52</v>
       </c>
       <c r="E473" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="6" t="s">
         <v>522</v>
       </c>
       <c r="B474" s="6" t="s">
         <v>523</v>
       </c>
       <c r="C474" s="6">
         <v>373</v>
       </c>
       <c r="E474" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="6" t="s">
         <v>522</v>
       </c>
       <c r="B475" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C475" s="6">
         <v>373</v>
       </c>
       <c r="E475" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="6" t="s">
         <v>522</v>
       </c>
       <c r="B476" s="6" t="s">
         <v>524</v>
       </c>
       <c r="C476" s="6">
         <v>373</v>
       </c>
       <c r="E476" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="6" t="s">
         <v>525</v>
       </c>
       <c r="B477" s="6" t="s">
         <v>526</v>
       </c>
       <c r="C477" s="6">
         <v>377</v>
       </c>
       <c r="E477" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="6" t="s">
         <v>527</v>
       </c>
       <c r="B478" s="6" t="s">
         <v>528</v>
       </c>
       <c r="C478" s="6">
         <v>976</v>
       </c>
       <c r="E478" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="6" t="s">
         <v>527</v>
       </c>
       <c r="B479" s="6" t="s">
         <v>529</v>
       </c>
       <c r="C479" s="6">
         <v>976</v>
       </c>
       <c r="E479" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="6" t="s">
         <v>527</v>
       </c>
       <c r="B480" s="6" t="s">
         <v>463</v>
       </c>
       <c r="C480" s="6">
         <v>976</v>
       </c>
       <c r="E480" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="6" t="s">
         <v>527</v>
       </c>
       <c r="B481" s="6" t="s">
         <v>530</v>
       </c>
       <c r="C481" s="6">
         <v>976</v>
       </c>
       <c r="D481" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E481" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="6" t="s">
         <v>531</v>
       </c>
       <c r="B482" s="6" t="s">
         <v>532</v>
       </c>
       <c r="C482" s="6">
         <v>382</v>
       </c>
       <c r="D482" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E482" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="6" t="s">
         <v>531</v>
       </c>
       <c r="B483" s="6" t="s">
         <v>533</v>
       </c>
       <c r="C483" s="6">
         <v>382</v>
       </c>
       <c r="D483" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E483" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="6" t="s">
         <v>531</v>
       </c>
       <c r="B484" s="6" t="s">
         <v>534</v>
       </c>
       <c r="C484" s="6">
         <v>382</v>
       </c>
       <c r="D484" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E484" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="6" t="s">
         <v>535</v>
       </c>
       <c r="B485" s="6" t="s">
         <v>536</v>
       </c>
       <c r="C485" s="6">
         <v>1664</v>
       </c>
       <c r="E485" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="6" t="s">
         <v>537</v>
       </c>
       <c r="B486" s="6" t="s">
         <v>538</v>
       </c>
       <c r="C486" s="6">
         <v>212</v>
       </c>
       <c r="D486" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E486" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="6" t="s">
         <v>537</v>
       </c>
       <c r="B487" s="6" t="s">
         <v>539</v>
       </c>
       <c r="C487" s="6">
         <v>212</v>
       </c>
       <c r="E487" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="6" t="s">
         <v>537</v>
       </c>
       <c r="B488" s="6" t="s">
         <v>540</v>
       </c>
       <c r="C488" s="6">
         <v>212</v>
       </c>
       <c r="D488" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E488" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="6" t="s">
         <v>541</v>
       </c>
       <c r="B489" s="6" t="s">
         <v>542</v>
       </c>
       <c r="C489" s="6">
         <v>258</v>
       </c>
       <c r="E489" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="6" t="s">
         <v>541</v>
       </c>
       <c r="B490" s="6" t="s">
         <v>183</v>
       </c>
       <c r="C490" s="6">
         <v>258</v>
       </c>
       <c r="E490" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="6" t="s">
         <v>541</v>
       </c>
       <c r="B491" s="6" t="s">
         <v>543</v>
       </c>
       <c r="C491" s="6">
         <v>258</v>
       </c>
       <c r="D491" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E491" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="6" t="s">
         <v>544</v>
       </c>
       <c r="B492" s="6" t="s">
         <v>545</v>
       </c>
       <c r="C492" s="6">
         <v>95</v>
       </c>
       <c r="E492" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="6" t="s">
         <v>544</v>
       </c>
       <c r="B493" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C493" s="6">
         <v>95</v>
       </c>
       <c r="E493" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="6" t="s">
         <v>544</v>
       </c>
       <c r="B494" s="6" t="s">
         <v>546</v>
       </c>
       <c r="C494" s="6">
         <v>95</v>
       </c>
       <c r="E494" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="6" t="s">
         <v>547</v>
       </c>
       <c r="B495" s="6" t="s">
         <v>548</v>
       </c>
       <c r="C495" s="6">
         <v>264</v>
       </c>
       <c r="E495" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="6" t="s">
         <v>547</v>
       </c>
       <c r="B496" s="6" t="s">
         <v>549</v>
       </c>
       <c r="C496" s="6">
         <v>264</v>
       </c>
       <c r="E496" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="6" t="s">
         <v>550</v>
       </c>
       <c r="B497" s="6" t="s">
         <v>551</v>
       </c>
       <c r="C497" s="6">
         <v>674</v>
       </c>
-      <c r="D497" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E497" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="6" t="s">
         <v>552</v>
       </c>
       <c r="B498" s="6" t="s">
         <v>553</v>
       </c>
       <c r="C498" s="6">
         <v>977</v>
       </c>
-      <c r="D498" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E498" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="6" t="s">
         <v>552</v>
       </c>
       <c r="B499" s="6" t="s">
         <v>554</v>
       </c>
       <c r="C499" s="6">
         <v>977</v>
       </c>
       <c r="E499" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="6" t="s">
         <v>552</v>
       </c>
       <c r="B500" s="6" t="s">
         <v>555</v>
       </c>
       <c r="C500" s="6">
         <v>977</v>
       </c>
       <c r="D500" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E500" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="6" t="s">
         <v>556</v>
       </c>
       <c r="B501" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C501" s="6">
         <v>31</v>
       </c>
       <c r="D501" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E501" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="6" t="s">
         <v>556</v>
       </c>
       <c r="B502" s="6" t="s">
         <v>557</v>
       </c>
       <c r="C502" s="6">
         <v>31</v>
       </c>
       <c r="E502" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="6" t="s">
         <v>556</v>
       </c>
       <c r="B503" s="6" t="s">
         <v>558</v>
       </c>
       <c r="C503" s="6">
         <v>31</v>
       </c>
       <c r="E503" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="6" t="s">
         <v>556</v>
       </c>
       <c r="B504" s="6" t="s">
         <v>559</v>
       </c>
       <c r="C504" s="6">
         <v>31</v>
       </c>
       <c r="E504" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="6" t="s">
         <v>560</v>
       </c>
       <c r="B505" s="6" t="s">
         <v>561</v>
       </c>
       <c r="C505" s="6">
         <v>687</v>
       </c>
       <c r="E505" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="6" t="s">
         <v>562</v>
       </c>
       <c r="B506" s="6" t="s">
         <v>563</v>
       </c>
       <c r="C506" s="6">
         <v>64</v>
       </c>
       <c r="E506" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="6" t="s">
         <v>562</v>
       </c>
       <c r="B507" s="6" t="s">
         <v>564</v>
       </c>
       <c r="C507" s="6">
         <v>64</v>
       </c>
       <c r="E507" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="6" t="s">
         <v>562</v>
       </c>
       <c r="B508" s="6" t="s">
         <v>565</v>
       </c>
       <c r="C508" s="6">
         <v>64</v>
       </c>
       <c r="D508" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E508" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="6" t="s">
         <v>566</v>
       </c>
       <c r="B509" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C509" s="6">
         <v>505</v>
       </c>
       <c r="D509" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E509" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="6" t="s">
         <v>566</v>
       </c>
       <c r="B510" s="6" t="s">
         <v>567</v>
       </c>
       <c r="C510" s="6">
         <v>505</v>
       </c>
       <c r="E510" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B511" s="6" t="s">
         <v>569</v>
       </c>
       <c r="C511" s="6">
         <v>227</v>
       </c>
       <c r="D511" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E511" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B512" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C512" s="6">
         <v>227</v>
       </c>
       <c r="D512" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E512" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="6" t="s">
         <v>570</v>
       </c>
       <c r="B513" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C513" s="6">
         <v>234</v>
       </c>
-      <c r="D513" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E513" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="6" t="s">
         <v>570</v>
       </c>
       <c r="B514" s="6" t="s">
         <v>571</v>
       </c>
       <c r="C514" s="6">
         <v>234</v>
       </c>
       <c r="E514" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="6" t="s">
         <v>570</v>
       </c>
       <c r="B515" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C515" s="6">
         <v>234</v>
       </c>
       <c r="E515" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="6" t="s">
         <v>570</v>
       </c>
       <c r="B516" s="6" t="s">
         <v>572</v>
       </c>
       <c r="C516" s="6">
         <v>234</v>
       </c>
-      <c r="D516" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E516" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="6" t="s">
         <v>573</v>
       </c>
       <c r="B517" s="6" t="s">
         <v>574</v>
       </c>
       <c r="C517" s="6">
         <v>683</v>
       </c>
       <c r="E517" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="6" t="s">
         <v>575</v>
       </c>
       <c r="B518" s="6" t="s">
         <v>576</v>
       </c>
       <c r="C518" s="6">
         <v>61</v>
       </c>
       <c r="E518" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="6" t="s">
         <v>577</v>
       </c>
       <c r="B519" s="6" t="s">
         <v>578</v>
       </c>
       <c r="E519" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="6" t="s">
         <v>577</v>
       </c>
       <c r="B520" s="6" t="s">
         <v>579</v>
       </c>
       <c r="E520" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B521" s="6" t="s">
         <v>290</v>
       </c>
       <c r="C521" s="6">
         <v>47</v>
       </c>
       <c r="E521" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B522" s="6" t="s">
         <v>581</v>
       </c>
       <c r="C522" s="6">
         <v>47</v>
       </c>
       <c r="E522" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B523" s="6" t="s">
         <v>582</v>
       </c>
       <c r="C523" s="6">
         <v>47</v>
       </c>
       <c r="E523" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B524" s="6" t="s">
         <v>583</v>
       </c>
       <c r="C524" s="6">
         <v>47</v>
       </c>
       <c r="E524" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B525" s="6" t="s">
         <v>584</v>
       </c>
       <c r="C525" s="6">
         <v>47</v>
       </c>
       <c r="E525" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="6" t="s">
         <v>585</v>
       </c>
       <c r="B526" s="6" t="s">
         <v>586</v>
       </c>
       <c r="C526" s="6">
         <v>968</v>
       </c>
       <c r="E526" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="6" t="s">
         <v>585</v>
       </c>
       <c r="B527" s="6" t="s">
         <v>587</v>
       </c>
       <c r="C527" s="6">
         <v>968</v>
       </c>
       <c r="D527" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E527" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="6" t="s">
         <v>588</v>
       </c>
       <c r="B528" s="6" t="s">
         <v>589</v>
       </c>
       <c r="C528" s="6">
         <v>92</v>
       </c>
-      <c r="D528" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E528" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="6" t="s">
         <v>588</v>
       </c>
       <c r="B529" s="6" t="s">
         <v>590</v>
       </c>
       <c r="C529" s="6">
         <v>92</v>
       </c>
       <c r="E529" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="6" t="s">
         <v>588</v>
       </c>
       <c r="B530" s="6" t="s">
         <v>591</v>
       </c>
       <c r="C530" s="6">
         <v>92</v>
       </c>
       <c r="E530" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="6" t="s">
         <v>588</v>
       </c>
       <c r="B531" s="6" t="s">
         <v>581</v>
       </c>
       <c r="C531" s="6">
         <v>92</v>
       </c>
       <c r="E531" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="6" t="s">
         <v>592</v>
       </c>
       <c r="B532" s="6" t="s">
         <v>593</v>
       </c>
       <c r="C532" s="6">
         <v>680</v>
       </c>
       <c r="E532" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="6" t="s">
         <v>594</v>
       </c>
       <c r="B533" s="6" t="s">
         <v>595</v>
       </c>
       <c r="C533" s="6">
         <v>972</v>
       </c>
       <c r="E533" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="6" t="s">
         <v>594</v>
       </c>
       <c r="B534" s="6" t="s">
         <v>596</v>
       </c>
       <c r="C534" s="6">
         <v>972</v>
       </c>
       <c r="E534" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="6" t="s">
         <v>597</v>
       </c>
       <c r="B535" s="6" t="s">
         <v>598</v>
       </c>
       <c r="C535" s="6">
         <v>507</v>
       </c>
       <c r="E535" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="6" t="s">
         <v>597</v>
       </c>
       <c r="B536" s="6" t="s">
         <v>599</v>
       </c>
       <c r="C536" s="6">
         <v>507</v>
       </c>
       <c r="E536" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="6" t="s">
         <v>597</v>
       </c>
       <c r="B537" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C537" s="6">
         <v>507</v>
       </c>
       <c r="E537" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="6" t="s">
         <v>600</v>
       </c>
       <c r="B538" s="6" t="s">
         <v>601</v>
       </c>
       <c r="C538" s="6">
         <v>675</v>
       </c>
       <c r="E538" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="6" t="s">
         <v>600</v>
       </c>
       <c r="B539" s="6" t="s">
         <v>602</v>
       </c>
       <c r="C539" s="6">
         <v>675</v>
       </c>
       <c r="E539" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B540" s="6" t="s">
         <v>604</v>
       </c>
       <c r="C540" s="6">
         <v>595</v>
       </c>
       <c r="D540" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E540" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B541" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C541" s="6">
         <v>595</v>
       </c>
       <c r="D541" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E541" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B542" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C542" s="6">
         <v>595</v>
       </c>
       <c r="E542" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="6" t="s">
         <v>603</v>
       </c>
       <c r="B543" s="6" t="s">
         <v>95</v>
       </c>
       <c r="C543" s="6">
         <v>595</v>
       </c>
       <c r="D543" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E543" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="6" t="s">
         <v>605</v>
       </c>
       <c r="B544" s="6" t="s">
         <v>97</v>
       </c>
       <c r="C544" s="6">
         <v>51</v>
       </c>
       <c r="D544" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E544" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="6" t="s">
         <v>605</v>
       </c>
       <c r="B545" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C545" s="6">
         <v>51</v>
       </c>
       <c r="D545" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E545" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="6" t="s">
         <v>605</v>
       </c>
       <c r="B546" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C546" s="6">
         <v>51</v>
       </c>
       <c r="D546" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E546" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="6" t="s">
         <v>605</v>
       </c>
       <c r="B547" s="6" t="s">
         <v>606</v>
       </c>
       <c r="C547" s="6">
         <v>51</v>
       </c>
       <c r="D547" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E547" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="6" t="s">
         <v>607</v>
       </c>
       <c r="B548" s="6" t="s">
         <v>608</v>
       </c>
       <c r="C548" s="6">
         <v>63</v>
       </c>
       <c r="E548" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="6" t="s">
         <v>607</v>
       </c>
       <c r="B549" s="6" t="s">
         <v>609</v>
       </c>
       <c r="C549" s="6">
         <v>63</v>
       </c>
       <c r="D549" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E549" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="6" t="s">
         <v>607</v>
       </c>
       <c r="B550" s="6" t="s">
         <v>610</v>
       </c>
       <c r="C550" s="6">
         <v>63</v>
       </c>
       <c r="E550" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B551" s="6" t="s">
         <v>612</v>
       </c>
       <c r="C551" s="6">
         <v>48</v>
       </c>
       <c r="E551" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B552" s="6" t="s">
         <v>613</v>
       </c>
       <c r="C552" s="6">
         <v>48</v>
       </c>
       <c r="E552" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B553" s="6" t="s">
         <v>614</v>
       </c>
       <c r="C553" s="6">
         <v>48</v>
       </c>
       <c r="E553" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B554" s="6" t="s">
         <v>615</v>
       </c>
       <c r="C554" s="6">
         <v>48</v>
       </c>
       <c r="E554" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B555" s="6" t="s">
         <v>616</v>
       </c>
       <c r="C555" s="6">
         <v>48</v>
       </c>
       <c r="E555" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B556" s="6" t="s">
         <v>617</v>
       </c>
       <c r="C556" s="6">
         <v>48</v>
       </c>
       <c r="E556" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B557" s="6" t="s">
         <v>618</v>
       </c>
       <c r="C557" s="6">
         <v>48</v>
       </c>
       <c r="E557" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="6" t="s">
         <v>611</v>
       </c>
       <c r="B558" s="6" t="s">
         <v>619</v>
       </c>
       <c r="C558" s="6">
         <v>48</v>
       </c>
       <c r="E558" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B559" s="6" t="s">
         <v>621</v>
       </c>
       <c r="C559" s="6">
         <v>351</v>
       </c>
       <c r="D559" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E559" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B560" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C560" s="6">
         <v>351</v>
       </c>
       <c r="E560" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B561" s="6" t="s">
         <v>622</v>
       </c>
       <c r="C561" s="6">
         <v>351</v>
       </c>
       <c r="E561" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B562" s="6" t="s">
         <v>623</v>
       </c>
       <c r="C562" s="6">
         <v>351</v>
       </c>
       <c r="D562" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E562" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B563" s="6" t="s">
         <v>81</v>
       </c>
       <c r="C563" s="6">
         <v>351</v>
       </c>
       <c r="D563" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E563" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="6" t="s">
         <v>620</v>
       </c>
       <c r="B564" s="6" t="s">
         <v>624</v>
       </c>
       <c r="C564" s="6">
         <v>351</v>
       </c>
       <c r="E564" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="6" t="s">
         <v>625</v>
       </c>
       <c r="B565" s="6" t="s">
         <v>453</v>
       </c>
       <c r="C565" s="6">
         <v>974</v>
       </c>
       <c r="E565" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="6" t="s">
         <v>625</v>
       </c>
       <c r="B566" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C566" s="6">
         <v>974</v>
       </c>
       <c r="E566" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="6" t="s">
         <v>626</v>
       </c>
       <c r="B567" s="6" t="s">
         <v>306</v>
       </c>
       <c r="D567" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E567" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="6" t="s">
         <v>626</v>
       </c>
       <c r="B568" s="6" t="s">
         <v>627</v>
       </c>
       <c r="E568" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="6" t="s">
         <v>626</v>
       </c>
       <c r="B569" s="6" t="s">
         <v>628</v>
       </c>
-      <c r="D569" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E569" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="6" t="s">
         <v>629</v>
       </c>
       <c r="B570" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C570" s="6">
         <v>40</v>
       </c>
       <c r="E570" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="6" t="s">
         <v>629</v>
       </c>
       <c r="B571" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C571" s="6">
         <v>40</v>
       </c>
       <c r="E571" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="6" t="s">
         <v>629</v>
       </c>
       <c r="B572" s="6" t="s">
         <v>630</v>
       </c>
       <c r="C572" s="6">
         <v>40</v>
       </c>
       <c r="E572" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="6" t="s">
         <v>629</v>
       </c>
       <c r="B573" s="6" t="s">
         <v>631</v>
       </c>
       <c r="C573" s="6">
         <v>40</v>
       </c>
       <c r="D573" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E573" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B574" s="6" t="s">
         <v>75</v>
       </c>
       <c r="C574" s="6">
         <v>7</v>
       </c>
       <c r="D574" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E574" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B575" s="6" t="s">
         <v>633</v>
       </c>
       <c r="C575" s="6">
         <v>7</v>
       </c>
       <c r="E575" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B576" s="6" t="s">
         <v>634</v>
       </c>
       <c r="C576" s="6">
         <v>7</v>
       </c>
       <c r="E576" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B577" s="6" t="s">
         <v>443</v>
       </c>
       <c r="C577" s="6">
         <v>7</v>
       </c>
       <c r="D577" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E577" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B578" s="6" t="s">
         <v>635</v>
       </c>
       <c r="C578" s="6">
         <v>7</v>
       </c>
       <c r="E578" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B579" s="6" t="s">
         <v>636</v>
       </c>
       <c r="C579" s="6">
         <v>7</v>
       </c>
       <c r="E579" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B580" s="6" t="s">
         <v>637</v>
       </c>
       <c r="C580" s="6">
         <v>7</v>
       </c>
       <c r="D580" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E580" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="6" t="s">
         <v>632</v>
       </c>
       <c r="B581" s="6" t="s">
         <v>638</v>
       </c>
       <c r="C581" s="6">
         <v>7</v>
       </c>
       <c r="D581" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E581" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="6" t="s">
         <v>639</v>
       </c>
       <c r="B582" s="6" t="s">
         <v>87</v>
       </c>
       <c r="C582" s="6">
         <v>250</v>
       </c>
       <c r="D582" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E582" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="6" t="s">
         <v>639</v>
       </c>
       <c r="B583" s="6" t="s">
         <v>640</v>
       </c>
       <c r="C583" s="6">
         <v>250</v>
       </c>
       <c r="E583" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="6" t="s">
         <v>639</v>
       </c>
       <c r="B584" s="6" t="s">
         <v>641</v>
       </c>
       <c r="C584" s="6">
         <v>250</v>
       </c>
       <c r="D584" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E584" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="6" t="s">
         <v>642</v>
       </c>
       <c r="B585" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C585" s="6">
         <v>1869</v>
       </c>
       <c r="D585" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E585" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="6" t="s">
         <v>642</v>
       </c>
       <c r="B586" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C586" s="6">
         <v>1869</v>
       </c>
       <c r="D586" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E586" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="6" t="s">
         <v>643</v>
       </c>
       <c r="B587" s="6" t="s">
         <v>644</v>
       </c>
       <c r="C587" s="6">
         <v>1876</v>
       </c>
       <c r="E587" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="6" t="s">
         <v>643</v>
       </c>
       <c r="B588" s="6" t="s">
         <v>645</v>
       </c>
       <c r="C588" s="6">
         <v>1876</v>
       </c>
       <c r="D588" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E588" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="6" t="s">
         <v>646</v>
       </c>
       <c r="B589" s="6" t="s">
         <v>647</v>
       </c>
       <c r="C589" s="6">
         <v>508</v>
       </c>
       <c r="D589" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E589" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="6" t="s">
         <v>646</v>
       </c>
       <c r="B590" s="6" t="s">
         <v>648</v>
       </c>
       <c r="C590" s="6">
         <v>508</v>
       </c>
       <c r="D590" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E590" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="6" t="s">
         <v>649</v>
       </c>
       <c r="B591" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C591" s="6">
         <v>1784</v>
       </c>
       <c r="E591" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="6" t="s">
         <v>649</v>
       </c>
       <c r="B592" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C592" s="6">
         <v>1784</v>
       </c>
       <c r="D592" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E592" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="6" t="s">
         <v>650</v>
       </c>
       <c r="B593" s="6" t="s">
         <v>651</v>
       </c>
       <c r="C593" s="6">
         <v>685</v>
       </c>
       <c r="E593" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="6" t="s">
         <v>650</v>
       </c>
       <c r="B594" s="6" t="s">
         <v>652</v>
       </c>
       <c r="C594" s="6">
         <v>685</v>
       </c>
       <c r="E594" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="6" t="s">
         <v>653</v>
       </c>
       <c r="B595" s="6" t="s">
         <v>654</v>
       </c>
       <c r="C595" s="6">
         <v>378</v>
       </c>
       <c r="D595" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E595" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="6" t="s">
         <v>655</v>
       </c>
       <c r="B596" s="6" t="s">
         <v>656</v>
       </c>
       <c r="C596" s="6">
         <v>239</v>
       </c>
       <c r="E596" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B597" s="6" t="s">
         <v>658</v>
       </c>
       <c r="C597" s="6">
         <v>966</v>
       </c>
       <c r="E597" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B598" s="6" t="s">
         <v>659</v>
       </c>
       <c r="C598" s="6">
         <v>966</v>
       </c>
       <c r="E598" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B599" s="6" t="s">
         <v>660</v>
       </c>
       <c r="C599" s="6">
         <v>966</v>
       </c>
-      <c r="D599" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E599" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B600" s="6" t="s">
         <v>661</v>
       </c>
       <c r="C600" s="6">
         <v>966</v>
       </c>
-      <c r="D600" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E600" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="6" t="s">
         <v>657</v>
       </c>
       <c r="B601" s="6" t="s">
         <v>662</v>
       </c>
       <c r="C601" s="6">
         <v>966</v>
       </c>
       <c r="E601" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="6" t="s">
         <v>663</v>
       </c>
       <c r="B602" s="6" t="s">
         <v>664</v>
       </c>
       <c r="C602" s="6">
         <v>221</v>
       </c>
-      <c r="D602" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E602" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="6" t="s">
         <v>663</v>
       </c>
       <c r="B603" s="6" t="s">
         <v>665</v>
       </c>
       <c r="C603" s="6">
         <v>221</v>
       </c>
       <c r="D603" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E603" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="6" t="s">
         <v>663</v>
       </c>
       <c r="B604" s="6" t="s">
         <v>666</v>
       </c>
       <c r="C604" s="6">
         <v>221</v>
       </c>
+      <c r="D604" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E604" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="6" t="s">
         <v>667</v>
       </c>
       <c r="B605" s="6" t="s">
         <v>668</v>
       </c>
       <c r="C605" s="6">
         <v>381</v>
       </c>
       <c r="E605" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="6" t="s">
         <v>667</v>
       </c>
       <c r="B606" s="6" t="s">
         <v>669</v>
       </c>
       <c r="C606" s="6">
         <v>381</v>
       </c>
       <c r="E606" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="6" t="s">
         <v>667</v>
       </c>
       <c r="B607" s="6" t="s">
         <v>670</v>
       </c>
       <c r="C607" s="6">
         <v>381</v>
       </c>
       <c r="E607" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="6" t="s">
         <v>671</v>
       </c>
       <c r="B608" s="6" t="s">
         <v>672</v>
       </c>
       <c r="C608" s="6">
         <v>248</v>
       </c>
       <c r="E608" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="6" t="s">
         <v>671</v>
       </c>
       <c r="B609" s="6" t="s">
         <v>673</v>
       </c>
       <c r="C609" s="6">
         <v>248</v>
       </c>
       <c r="E609" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="6" t="s">
         <v>674</v>
       </c>
       <c r="B610" s="6" t="s">
         <v>675</v>
       </c>
       <c r="C610" s="6">
         <v>232</v>
       </c>
       <c r="E610" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="6" t="s">
         <v>674</v>
       </c>
       <c r="B611" s="6" t="s">
         <v>676</v>
       </c>
       <c r="C611" s="6">
         <v>232</v>
       </c>
       <c r="E611" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="6" t="s">
         <v>674</v>
       </c>
       <c r="B612" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C612" s="6">
         <v>232</v>
       </c>
       <c r="E612" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B613" s="6" t="s">
         <v>678</v>
       </c>
       <c r="C613" s="6">
         <v>65</v>
       </c>
       <c r="E613" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B614" s="6" t="s">
         <v>679</v>
       </c>
       <c r="C614" s="6">
         <v>65</v>
       </c>
       <c r="E614" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B615" s="6" t="s">
         <v>680</v>
       </c>
       <c r="C615" s="6">
         <v>65</v>
       </c>
       <c r="D615" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E615" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="6" t="s">
         <v>681</v>
       </c>
       <c r="B616" s="6" t="s">
         <v>682</v>
       </c>
       <c r="D616" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E616" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="6" t="s">
         <v>681</v>
       </c>
       <c r="B617" s="6" t="s">
         <v>683</v>
       </c>
       <c r="D617" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E617" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="6" t="s">
         <v>684</v>
       </c>
       <c r="B618" s="6" t="s">
         <v>685</v>
       </c>
       <c r="C618" s="6">
         <v>421</v>
       </c>
       <c r="E618" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="6" t="s">
         <v>684</v>
       </c>
       <c r="B619" s="6" t="s">
         <v>686</v>
       </c>
       <c r="C619" s="6">
         <v>421</v>
       </c>
       <c r="E619" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="6" t="s">
         <v>684</v>
       </c>
       <c r="B620" s="6" t="s">
         <v>687</v>
       </c>
       <c r="C620" s="6">
         <v>421</v>
       </c>
       <c r="E620" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="6" t="s">
         <v>684</v>
       </c>
       <c r="B621" s="6" t="s">
         <v>688</v>
       </c>
       <c r="C621" s="6">
         <v>421</v>
       </c>
       <c r="E621" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="6" t="s">
         <v>689</v>
       </c>
       <c r="B622" s="6" t="s">
         <v>690</v>
       </c>
       <c r="C622" s="6">
         <v>386</v>
       </c>
       <c r="E622" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="6" t="s">
         <v>689</v>
       </c>
       <c r="B623" s="6" t="s">
         <v>691</v>
       </c>
       <c r="C623" s="6">
         <v>386</v>
       </c>
       <c r="E623" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="6" t="s">
         <v>689</v>
       </c>
       <c r="B624" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C624" s="6">
         <v>386</v>
       </c>
       <c r="E624" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="6" t="s">
         <v>689</v>
       </c>
       <c r="B625" s="6" t="s">
         <v>692</v>
       </c>
       <c r="C625" s="6">
         <v>386</v>
       </c>
       <c r="E625" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="6" t="s">
         <v>689</v>
       </c>
       <c r="B626" s="6" t="s">
         <v>693</v>
       </c>
       <c r="C626" s="6">
         <v>386</v>
       </c>
       <c r="E626" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="6" t="s">
         <v>694</v>
       </c>
       <c r="B627" s="6" t="s">
         <v>695</v>
       </c>
       <c r="C627" s="6">
         <v>677</v>
       </c>
       <c r="D627" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E627" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="6" t="s">
         <v>694</v>
       </c>
       <c r="B628" s="6" t="s">
         <v>696</v>
       </c>
       <c r="C628" s="6">
         <v>677</v>
       </c>
       <c r="E628" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B629" s="6" t="s">
         <v>698</v>
       </c>
       <c r="C629" s="6">
         <v>252</v>
       </c>
       <c r="E629" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B630" s="6" t="s">
         <v>699</v>
       </c>
       <c r="C630" s="6">
         <v>252</v>
       </c>
       <c r="E630" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B631" s="6" t="s">
         <v>700</v>
       </c>
       <c r="C631" s="6">
         <v>252</v>
       </c>
       <c r="E631" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B632" s="6" t="s">
         <v>701</v>
       </c>
       <c r="C632" s="6">
         <v>252</v>
       </c>
       <c r="D632" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E632" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B633" s="6" t="s">
         <v>702</v>
       </c>
       <c r="C633" s="6">
         <v>252</v>
       </c>
       <c r="D633" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E633" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B634" s="6" t="s">
         <v>703</v>
       </c>
       <c r="C634" s="6">
         <v>252</v>
       </c>
       <c r="D634" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E634" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B635" s="6" t="s">
         <v>705</v>
       </c>
       <c r="C635" s="6">
         <v>27</v>
       </c>
       <c r="E635" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B636" s="6" t="s">
         <v>706</v>
       </c>
       <c r="C636" s="6">
         <v>27</v>
       </c>
       <c r="E636" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B637" s="6" t="s">
         <v>707</v>
       </c>
       <c r="C637" s="6">
         <v>27</v>
       </c>
       <c r="E637" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="6" t="s">
         <v>704</v>
       </c>
       <c r="B638" s="6" t="s">
         <v>708</v>
       </c>
       <c r="C638" s="6">
         <v>27</v>
       </c>
       <c r="E638" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="6" t="s">
         <v>709</v>
       </c>
       <c r="B639" s="6" t="s">
         <v>710</v>
       </c>
       <c r="C639" s="6">
         <v>82</v>
       </c>
       <c r="D639" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E639" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="6" t="s">
         <v>709</v>
       </c>
       <c r="B640" s="6" t="s">
         <v>711</v>
       </c>
       <c r="C640" s="6">
         <v>82</v>
       </c>
       <c r="D640" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E640" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="6" t="s">
         <v>709</v>
       </c>
       <c r="B641" s="6" t="s">
         <v>712</v>
       </c>
       <c r="C641" s="6">
         <v>82</v>
       </c>
       <c r="D641" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E641" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="6" t="s">
         <v>713</v>
       </c>
       <c r="B642" s="6" t="s">
         <v>714</v>
       </c>
       <c r="E642" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B643" s="6" t="s">
         <v>716</v>
       </c>
       <c r="C643" s="6">
         <v>211</v>
       </c>
       <c r="E643" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B644" s="6" t="s">
         <v>717</v>
       </c>
       <c r="C644" s="6">
         <v>211</v>
       </c>
       <c r="D644" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E644" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B645" s="6" t="s">
         <v>718</v>
       </c>
       <c r="C645" s="6">
         <v>211</v>
       </c>
       <c r="E645" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B646" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C646" s="6">
         <v>34</v>
       </c>
       <c r="E646" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B647" s="6" t="s">
         <v>104</v>
       </c>
       <c r="C647" s="6">
         <v>34</v>
       </c>
       <c r="E647" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B648" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C648" s="6">
         <v>34</v>
       </c>
       <c r="E648" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B649" s="6" t="s">
         <v>720</v>
       </c>
       <c r="C649" s="6">
         <v>34</v>
       </c>
       <c r="E649" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B650" s="6" t="s">
         <v>721</v>
       </c>
       <c r="C650" s="6">
         <v>34</v>
       </c>
       <c r="E650" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B651" s="6" t="s">
         <v>722</v>
       </c>
       <c r="C651" s="6">
         <v>34</v>
       </c>
       <c r="E651" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B652" s="6" t="s">
         <v>723</v>
       </c>
       <c r="C652" s="6">
         <v>34</v>
       </c>
       <c r="E652" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B653" s="6" t="s">
         <v>724</v>
       </c>
       <c r="C653" s="6">
         <v>34</v>
       </c>
       <c r="E653" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B654" s="6" t="s">
         <v>725</v>
       </c>
       <c r="C654" s="6">
         <v>34</v>
       </c>
       <c r="E654" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B655" s="6" t="s">
         <v>726</v>
       </c>
       <c r="C655" s="6">
         <v>34</v>
       </c>
       <c r="E655" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B656" s="6" t="s">
         <v>727</v>
       </c>
       <c r="C656" s="6">
         <v>34</v>
       </c>
       <c r="E656" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B657" s="6" t="s">
         <v>728</v>
       </c>
       <c r="C657" s="6">
         <v>34</v>
       </c>
       <c r="E657" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B658" s="6" t="s">
         <v>729</v>
       </c>
       <c r="C658" s="6">
         <v>34</v>
       </c>
       <c r="E658" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B659" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C659" s="6">
         <v>34</v>
       </c>
       <c r="E659" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B660" s="6" t="s">
         <v>730</v>
       </c>
       <c r="C660" s="6">
         <v>34</v>
       </c>
       <c r="E660" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B661" s="6" t="s">
         <v>731</v>
       </c>
       <c r="C661" s="6">
         <v>34</v>
       </c>
       <c r="E661" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B662" s="6" t="s">
         <v>732</v>
       </c>
       <c r="C662" s="6">
         <v>34</v>
       </c>
       <c r="E662" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B663" s="6" t="s">
         <v>733</v>
       </c>
       <c r="C663" s="6">
         <v>34</v>
       </c>
       <c r="E663" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B664" s="6" t="s">
         <v>734</v>
       </c>
       <c r="C664" s="6">
         <v>34</v>
       </c>
       <c r="E664" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B665" s="6" t="s">
         <v>735</v>
       </c>
       <c r="C665" s="6">
         <v>34</v>
       </c>
       <c r="E665" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B666" s="6" t="s">
         <v>736</v>
       </c>
       <c r="C666" s="6">
         <v>34</v>
       </c>
       <c r="E666" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B667" s="6" t="s">
         <v>737</v>
       </c>
       <c r="C667" s="6">
         <v>34</v>
       </c>
       <c r="D667" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E667" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B668" s="6" t="s">
         <v>738</v>
       </c>
       <c r="C668" s="6">
         <v>34</v>
       </c>
       <c r="E668" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B669" s="6" t="s">
         <v>739</v>
       </c>
       <c r="C669" s="6">
         <v>34</v>
       </c>
       <c r="E669" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B670" s="6" t="s">
         <v>740</v>
       </c>
       <c r="C670" s="6">
         <v>34</v>
       </c>
       <c r="E670" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B671" s="6" t="s">
         <v>741</v>
       </c>
       <c r="C671" s="6">
         <v>34</v>
       </c>
       <c r="E671" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B672" s="6" t="s">
         <v>742</v>
       </c>
       <c r="C672" s="6">
         <v>34</v>
       </c>
       <c r="E672" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B673" s="6" t="s">
         <v>743</v>
       </c>
       <c r="C673" s="6">
         <v>34</v>
       </c>
       <c r="E673" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B674" s="6" t="s">
         <v>744</v>
       </c>
       <c r="C674" s="6">
         <v>34</v>
       </c>
       <c r="E674" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B675" s="6" t="s">
         <v>745</v>
       </c>
       <c r="C675" s="6">
         <v>34</v>
       </c>
       <c r="E675" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B676" s="6" t="s">
         <v>746</v>
       </c>
       <c r="C676" s="6">
         <v>34</v>
       </c>
       <c r="E676" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B677" s="6" t="s">
         <v>747</v>
       </c>
       <c r="C677" s="6">
         <v>34</v>
       </c>
       <c r="E677" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B678" s="6" t="s">
         <v>748</v>
       </c>
       <c r="C678" s="6">
         <v>34</v>
       </c>
       <c r="E678" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B679" s="6" t="s">
         <v>749</v>
       </c>
       <c r="C679" s="6">
         <v>34</v>
       </c>
       <c r="E679" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B680" s="6" t="s">
         <v>750</v>
       </c>
       <c r="C680" s="6">
         <v>34</v>
       </c>
       <c r="E680" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B681" s="6" t="s">
         <v>751</v>
       </c>
       <c r="C681" s="6">
         <v>34</v>
       </c>
       <c r="E681" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="6" t="s">
         <v>719</v>
       </c>
       <c r="B682" s="6" t="s">
         <v>752</v>
       </c>
       <c r="C682" s="6">
         <v>34</v>
       </c>
       <c r="E682" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B683" s="6" t="s">
         <v>282</v>
       </c>
       <c r="C683" s="6">
         <v>94</v>
       </c>
       <c r="D683" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E683" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B684" s="6" t="s">
         <v>754</v>
       </c>
       <c r="C684" s="6">
         <v>94</v>
       </c>
       <c r="D684" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E684" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B685" s="6" t="s">
         <v>755</v>
       </c>
       <c r="C685" s="6">
         <v>94</v>
       </c>
       <c r="E685" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B686" s="6" t="s">
         <v>756</v>
       </c>
       <c r="C686" s="6">
         <v>94</v>
       </c>
       <c r="D686" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E686" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="6" t="s">
         <v>753</v>
       </c>
       <c r="B687" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C687" s="6">
         <v>94</v>
       </c>
       <c r="D687" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E687" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="6" t="s">
         <v>757</v>
       </c>
       <c r="B688" s="6" t="s">
         <v>758</v>
       </c>
       <c r="C688" s="6">
         <v>249</v>
       </c>
-      <c r="D688" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E688" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="6" t="s">
         <v>757</v>
       </c>
       <c r="B689" s="6" t="s">
         <v>759</v>
       </c>
       <c r="C689" s="6">
         <v>249</v>
       </c>
       <c r="D689" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E689" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="6" t="s">
         <v>760</v>
       </c>
       <c r="B690" s="6" t="s">
         <v>761</v>
       </c>
       <c r="C690" s="6">
         <v>597</v>
       </c>
       <c r="D690" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E690" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="6" t="s">
         <v>760</v>
       </c>
       <c r="B691" s="6" t="s">
         <v>762</v>
       </c>
       <c r="C691" s="6">
         <v>597</v>
       </c>
       <c r="E691" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="6" t="s">
         <v>763</v>
       </c>
       <c r="B692" s="6" t="s">
         <v>764</v>
       </c>
       <c r="D692" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E692" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B693" s="6" t="s">
         <v>766</v>
       </c>
       <c r="C693" s="6">
         <v>46</v>
       </c>
       <c r="E693" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B694" s="6" t="s">
         <v>767</v>
       </c>
       <c r="C694" s="6">
         <v>46</v>
       </c>
       <c r="E694" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B695" s="6" t="s">
         <v>768</v>
       </c>
       <c r="C695" s="6">
         <v>46</v>
       </c>
       <c r="E695" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B696" s="6" t="s">
         <v>769</v>
       </c>
       <c r="C696" s="6">
         <v>46</v>
       </c>
       <c r="E696" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B697" s="6" t="s">
         <v>770</v>
       </c>
       <c r="C697" s="6">
         <v>46</v>
       </c>
       <c r="E697" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B698" s="6" t="s">
         <v>771</v>
       </c>
       <c r="C698" s="6">
         <v>46</v>
       </c>
       <c r="E698" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B699" s="6" t="s">
         <v>772</v>
       </c>
       <c r="C699" s="6">
         <v>46</v>
       </c>
       <c r="E699" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B700" s="6" t="s">
         <v>773</v>
       </c>
       <c r="C700" s="6">
         <v>46</v>
       </c>
       <c r="E700" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B701" s="6" t="s">
         <v>774</v>
       </c>
       <c r="C701" s="6">
         <v>46</v>
       </c>
       <c r="E701" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B702" s="6" t="s">
         <v>775</v>
       </c>
       <c r="C702" s="6">
         <v>46</v>
       </c>
       <c r="E702" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B703" s="6" t="s">
         <v>776</v>
       </c>
       <c r="C703" s="6">
         <v>46</v>
       </c>
       <c r="E703" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B704" s="6" t="s">
         <v>777</v>
       </c>
       <c r="C704" s="6">
         <v>46</v>
       </c>
       <c r="E704" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B705" s="6" t="s">
         <v>778</v>
       </c>
       <c r="C705" s="6">
         <v>46</v>
       </c>
       <c r="E705" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B706" s="6" t="s">
         <v>779</v>
       </c>
       <c r="C706" s="6">
         <v>46</v>
       </c>
       <c r="E706" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B707" s="6" t="s">
         <v>780</v>
       </c>
       <c r="C707" s="6">
         <v>46</v>
       </c>
       <c r="E707" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B708" s="6" t="s">
         <v>781</v>
       </c>
       <c r="C708" s="6">
         <v>46</v>
       </c>
       <c r="E708" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B709" s="6" t="s">
         <v>782</v>
       </c>
       <c r="C709" s="6">
         <v>46</v>
       </c>
       <c r="E709" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B710" s="6" t="s">
         <v>783</v>
       </c>
       <c r="C710" s="6">
         <v>46</v>
       </c>
       <c r="E710" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B711" s="6" t="s">
         <v>784</v>
       </c>
       <c r="C711" s="6">
         <v>46</v>
       </c>
       <c r="E711" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B712" s="6" t="s">
         <v>785</v>
       </c>
       <c r="C712" s="6">
         <v>46</v>
       </c>
       <c r="E712" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B713" s="6" t="s">
         <v>786</v>
       </c>
       <c r="C713" s="6">
         <v>46</v>
       </c>
       <c r="E713" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B714" s="6" t="s">
         <v>787</v>
       </c>
       <c r="C714" s="6">
         <v>46</v>
       </c>
       <c r="E714" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B715" s="6" t="s">
         <v>788</v>
       </c>
       <c r="C715" s="6">
         <v>46</v>
       </c>
       <c r="E715" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B716" s="6" t="s">
         <v>789</v>
       </c>
       <c r="C716" s="6">
         <v>46</v>
       </c>
       <c r="E716" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B717" s="6" t="s">
         <v>790</v>
       </c>
       <c r="C717" s="6">
         <v>46</v>
       </c>
       <c r="E717" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B718" s="6" t="s">
         <v>791</v>
       </c>
       <c r="C718" s="6">
         <v>46</v>
       </c>
       <c r="E718" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B719" s="6" t="s">
         <v>792</v>
       </c>
       <c r="C719" s="6">
         <v>46</v>
       </c>
       <c r="E719" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B720" s="6" t="s">
         <v>793</v>
       </c>
       <c r="C720" s="6">
         <v>46</v>
       </c>
       <c r="E720" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B721" s="6" t="s">
         <v>794</v>
       </c>
       <c r="C721" s="6">
         <v>46</v>
       </c>
       <c r="E721" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B722" s="6" t="s">
         <v>795</v>
       </c>
       <c r="C722" s="6">
         <v>46</v>
       </c>
       <c r="E722" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B723" s="6" t="s">
         <v>796</v>
       </c>
       <c r="C723" s="6">
         <v>46</v>
       </c>
       <c r="E723" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B724" s="6" t="s">
         <v>797</v>
       </c>
       <c r="C724" s="6">
         <v>46</v>
       </c>
       <c r="E724" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B725" s="6" t="s">
         <v>798</v>
       </c>
       <c r="C725" s="6">
         <v>46</v>
       </c>
       <c r="E725" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B726" s="6" t="s">
         <v>799</v>
       </c>
       <c r="C726" s="6">
         <v>46</v>
       </c>
       <c r="E726" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B727" s="6" t="s">
         <v>800</v>
       </c>
       <c r="C727" s="6">
         <v>46</v>
       </c>
       <c r="E727" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B728" s="6" t="s">
         <v>801</v>
       </c>
       <c r="C728" s="6">
         <v>46</v>
       </c>
       <c r="E728" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B729" s="6" t="s">
         <v>802</v>
       </c>
       <c r="C729" s="6">
         <v>46</v>
       </c>
       <c r="E729" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B730" s="6" t="s">
         <v>803</v>
       </c>
       <c r="C730" s="6">
         <v>46</v>
       </c>
       <c r="E730" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B731" s="6" t="s">
         <v>804</v>
       </c>
       <c r="C731" s="6">
         <v>46</v>
       </c>
       <c r="E731" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B732" s="6" t="s">
         <v>805</v>
       </c>
       <c r="C732" s="6">
         <v>46</v>
       </c>
       <c r="E732" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B733" s="6" t="s">
         <v>806</v>
       </c>
       <c r="C733" s="6">
         <v>46</v>
       </c>
       <c r="E733" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B734" s="6" t="s">
         <v>807</v>
       </c>
       <c r="C734" s="6">
         <v>46</v>
       </c>
       <c r="E734" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B735" s="6" t="s">
         <v>808</v>
       </c>
       <c r="C735" s="6">
         <v>46</v>
       </c>
       <c r="E735" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B736" s="6" t="s">
         <v>809</v>
       </c>
       <c r="C736" s="6">
         <v>46</v>
       </c>
       <c r="E736" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B737" s="6" t="s">
         <v>810</v>
       </c>
       <c r="C737" s="6">
         <v>46</v>
       </c>
       <c r="E737" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B738" s="6" t="s">
         <v>811</v>
       </c>
       <c r="C738" s="6">
         <v>46</v>
       </c>
       <c r="E738" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B739" s="6" t="s">
         <v>812</v>
       </c>
       <c r="C739" s="6">
         <v>46</v>
       </c>
       <c r="E739" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B740" s="6" t="s">
         <v>813</v>
       </c>
       <c r="C740" s="6">
         <v>46</v>
       </c>
       <c r="E740" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B741" s="6" t="s">
         <v>814</v>
       </c>
       <c r="C741" s="6">
         <v>46</v>
       </c>
       <c r="E741" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B742" s="6" t="s">
         <v>815</v>
       </c>
       <c r="C742" s="6">
         <v>46</v>
       </c>
       <c r="E742" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B743" s="6" t="s">
         <v>816</v>
       </c>
       <c r="C743" s="6">
         <v>46</v>
       </c>
       <c r="E743" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B744" s="6" t="s">
         <v>817</v>
       </c>
       <c r="C744" s="6">
         <v>46</v>
       </c>
       <c r="E744" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B745" s="6" t="s">
         <v>818</v>
       </c>
       <c r="C745" s="6">
         <v>46</v>
       </c>
       <c r="E745" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B746" s="6" t="s">
         <v>819</v>
       </c>
       <c r="C746" s="6">
         <v>46</v>
       </c>
       <c r="E746" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B747" s="6" t="s">
         <v>820</v>
       </c>
       <c r="C747" s="6">
         <v>46</v>
       </c>
       <c r="E747" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B748" s="6" t="s">
         <v>821</v>
       </c>
       <c r="C748" s="6">
         <v>46</v>
       </c>
       <c r="E748" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B749" s="6" t="s">
         <v>822</v>
       </c>
       <c r="C749" s="6">
         <v>46</v>
       </c>
       <c r="E749" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B750" s="6" t="s">
         <v>823</v>
       </c>
       <c r="C750" s="6">
         <v>46</v>
       </c>
       <c r="E750" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B751" s="6" t="s">
         <v>824</v>
       </c>
       <c r="C751" s="6">
         <v>46</v>
       </c>
       <c r="E751" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B752" s="6" t="s">
         <v>825</v>
       </c>
       <c r="C752" s="6">
         <v>46</v>
       </c>
       <c r="E752" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B753" s="6" t="s">
         <v>826</v>
       </c>
       <c r="C753" s="6">
         <v>46</v>
       </c>
       <c r="E753" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B754" s="6" t="s">
         <v>827</v>
       </c>
       <c r="C754" s="6">
         <v>46</v>
       </c>
       <c r="E754" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B755" s="6" t="s">
         <v>828</v>
       </c>
       <c r="C755" s="6">
         <v>46</v>
       </c>
       <c r="E755" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B756" s="6" t="s">
         <v>829</v>
       </c>
       <c r="C756" s="6">
         <v>46</v>
       </c>
       <c r="E756" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B757" s="6" t="s">
         <v>830</v>
       </c>
       <c r="C757" s="6">
         <v>46</v>
       </c>
       <c r="E757" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B758" s="6" t="s">
         <v>831</v>
       </c>
       <c r="C758" s="6">
         <v>46</v>
       </c>
       <c r="E758" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B759" s="6" t="s">
         <v>832</v>
       </c>
       <c r="C759" s="6">
         <v>46</v>
       </c>
       <c r="E759" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B760" s="6" t="s">
         <v>833</v>
       </c>
       <c r="C760" s="6">
         <v>46</v>
       </c>
       <c r="E760" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B761" s="6" t="s">
         <v>834</v>
       </c>
       <c r="C761" s="6">
         <v>46</v>
       </c>
       <c r="E761" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B762" s="6" t="s">
         <v>835</v>
       </c>
       <c r="C762" s="6">
         <v>46</v>
       </c>
       <c r="E762" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B763" s="6" t="s">
         <v>836</v>
       </c>
       <c r="C763" s="6">
         <v>46</v>
       </c>
       <c r="E763" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B764" s="6" t="s">
         <v>837</v>
       </c>
       <c r="C764" s="6">
         <v>46</v>
       </c>
       <c r="E764" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B765" s="6" t="s">
         <v>838</v>
       </c>
       <c r="C765" s="6">
         <v>46</v>
       </c>
       <c r="E765" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B766" s="6" t="s">
         <v>839</v>
       </c>
       <c r="C766" s="6">
         <v>46</v>
       </c>
       <c r="E766" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B767" s="6" t="s">
         <v>840</v>
       </c>
       <c r="C767" s="6">
         <v>46</v>
       </c>
       <c r="E767" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B768" s="6" t="s">
         <v>841</v>
       </c>
       <c r="C768" s="6">
         <v>46</v>
       </c>
       <c r="E768" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B769" s="6" t="s">
         <v>842</v>
       </c>
       <c r="C769" s="6">
         <v>46</v>
       </c>
       <c r="E769" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B770" s="6" t="s">
         <v>843</v>
       </c>
       <c r="C770" s="6">
         <v>46</v>
       </c>
       <c r="E770" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B771" s="6" t="s">
         <v>844</v>
       </c>
       <c r="C771" s="6">
         <v>46</v>
       </c>
       <c r="E771" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="6" t="s">
         <v>765</v>
       </c>
       <c r="B772" s="6" t="s">
         <v>845</v>
       </c>
       <c r="C772" s="6">
         <v>46</v>
       </c>
       <c r="E772" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="6" t="s">
         <v>846</v>
       </c>
       <c r="B773" s="6" t="s">
         <v>847</v>
       </c>
       <c r="C773" s="6">
         <v>41</v>
       </c>
       <c r="E773" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="6" t="s">
         <v>846</v>
       </c>
       <c r="B774" s="6" t="s">
         <v>848</v>
       </c>
       <c r="C774" s="6">
         <v>41</v>
       </c>
       <c r="E774" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="6" t="s">
         <v>846</v>
       </c>
       <c r="B775" s="6" t="s">
         <v>479</v>
       </c>
       <c r="C775" s="6">
         <v>41</v>
       </c>
       <c r="E775" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="6" t="s">
         <v>849</v>
       </c>
       <c r="B776" s="6" t="s">
         <v>850</v>
       </c>
       <c r="C776" s="6">
         <v>963</v>
       </c>
       <c r="D776" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E776" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="6" t="s">
         <v>849</v>
       </c>
       <c r="B777" s="6" t="s">
         <v>851</v>
       </c>
       <c r="C777" s="6">
         <v>963</v>
       </c>
       <c r="D777" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E777" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="6" t="s">
         <v>852</v>
       </c>
       <c r="B778" s="6" t="s">
         <v>853</v>
       </c>
       <c r="C778" s="6">
         <v>886</v>
       </c>
       <c r="E778" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="6" t="s">
         <v>852</v>
       </c>
       <c r="B779" s="6" t="s">
         <v>854</v>
       </c>
       <c r="C779" s="6">
         <v>886</v>
       </c>
       <c r="E779" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="6" t="s">
         <v>852</v>
       </c>
       <c r="B780" s="6" t="s">
         <v>855</v>
       </c>
       <c r="C780" s="6">
         <v>886</v>
       </c>
       <c r="E780" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="6" t="s">
         <v>856</v>
       </c>
       <c r="B781" s="6" t="s">
         <v>857</v>
       </c>
       <c r="C781" s="6">
         <v>992</v>
       </c>
       <c r="D781" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E781" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="6" t="s">
         <v>856</v>
       </c>
       <c r="B782" s="6" t="s">
         <v>858</v>
       </c>
       <c r="C782" s="6">
         <v>992</v>
       </c>
       <c r="D782" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E782" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="6" t="s">
         <v>856</v>
       </c>
       <c r="B783" s="6" t="s">
         <v>859</v>
       </c>
       <c r="C783" s="6">
         <v>992</v>
       </c>
       <c r="D783" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E783" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="6" t="s">
         <v>856</v>
       </c>
       <c r="B784" s="6" t="s">
         <v>860</v>
       </c>
       <c r="C784" s="6">
         <v>992</v>
       </c>
       <c r="D784" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E784" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="6" t="s">
         <v>861</v>
       </c>
       <c r="B785" s="6" t="s">
         <v>862</v>
       </c>
       <c r="C785" s="6">
         <v>255</v>
       </c>
       <c r="D785" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E785" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="6" t="s">
         <v>861</v>
       </c>
       <c r="B786" s="6" t="s">
         <v>863</v>
       </c>
       <c r="C786" s="6">
         <v>255</v>
       </c>
-      <c r="D786" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E786" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="6" t="s">
         <v>861</v>
       </c>
       <c r="B787" s="6" t="s">
         <v>864</v>
       </c>
       <c r="C787" s="6">
         <v>255</v>
       </c>
       <c r="E787" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="6" t="s">
         <v>861</v>
       </c>
       <c r="B788" s="6" t="s">
         <v>865</v>
       </c>
       <c r="C788" s="6">
         <v>255</v>
       </c>
       <c r="E788" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="6" t="s">
         <v>861</v>
       </c>
       <c r="B789" s="6" t="s">
         <v>866</v>
       </c>
       <c r="C789" s="6">
         <v>255</v>
       </c>
       <c r="E789" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="6" t="s">
         <v>867</v>
       </c>
       <c r="B790" s="6" t="s">
         <v>868</v>
       </c>
       <c r="C790" s="6">
         <v>66</v>
       </c>
       <c r="E790" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="6" t="s">
         <v>867</v>
       </c>
       <c r="B791" s="6" t="s">
         <v>869</v>
       </c>
       <c r="C791" s="6">
         <v>66</v>
       </c>
       <c r="E791" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="6" t="s">
         <v>867</v>
       </c>
       <c r="B792" s="6" t="s">
         <v>870</v>
       </c>
       <c r="C792" s="6">
         <v>66</v>
       </c>
       <c r="E792" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="6" t="s">
         <v>867</v>
       </c>
       <c r="B793" s="6" t="s">
         <v>871</v>
       </c>
       <c r="C793" s="6">
         <v>66</v>
       </c>
       <c r="E793" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="6" t="s">
         <v>867</v>
       </c>
       <c r="B794" s="6" t="s">
         <v>872</v>
       </c>
       <c r="C794" s="6">
         <v>66</v>
       </c>
       <c r="E794" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="6" t="s">
         <v>873</v>
       </c>
       <c r="B795" s="6" t="s">
         <v>874</v>
       </c>
       <c r="E795" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="6" t="s">
         <v>873</v>
       </c>
       <c r="B796" s="6" t="s">
         <v>875</v>
       </c>
       <c r="E796" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="6" t="s">
         <v>876</v>
       </c>
       <c r="B797" s="6" t="s">
         <v>877</v>
       </c>
       <c r="C797" s="6">
         <v>228</v>
       </c>
       <c r="E797" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="6" t="s">
         <v>876</v>
       </c>
       <c r="B798" s="6" t="s">
         <v>878</v>
       </c>
       <c r="C798" s="6">
         <v>228</v>
       </c>
       <c r="E798" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="6" t="s">
         <v>879</v>
       </c>
       <c r="B799" s="6" t="s">
         <v>880</v>
       </c>
       <c r="C799" s="6">
         <v>676</v>
       </c>
       <c r="E799" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="6" t="s">
         <v>879</v>
       </c>
       <c r="B800" s="6" t="s">
         <v>881</v>
       </c>
       <c r="C800" s="6">
         <v>676</v>
       </c>
       <c r="E800" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="6" t="s">
         <v>882</v>
       </c>
       <c r="B801" s="6" t="s">
         <v>883</v>
       </c>
       <c r="C801" s="6">
         <v>1868</v>
       </c>
       <c r="E801" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="6" t="s">
         <v>882</v>
       </c>
       <c r="B802" s="6" t="s">
         <v>884</v>
       </c>
       <c r="C802" s="6">
         <v>1868</v>
       </c>
       <c r="E802" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="6" t="s">
         <v>885</v>
       </c>
       <c r="B803" s="6" t="s">
         <v>886</v>
       </c>
       <c r="C803" s="6">
         <v>216</v>
       </c>
-      <c r="D803" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E803" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="6" t="s">
         <v>885</v>
       </c>
       <c r="B804" s="6" t="s">
         <v>887</v>
       </c>
       <c r="C804" s="6">
         <v>216</v>
       </c>
       <c r="D804" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E804" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="6" t="s">
         <v>885</v>
       </c>
       <c r="B805" s="6" t="s">
         <v>888</v>
       </c>
       <c r="C805" s="6">
         <v>216</v>
       </c>
       <c r="D805" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E805" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="6" t="s">
         <v>889</v>
       </c>
       <c r="B806" s="6" t="s">
         <v>890</v>
       </c>
       <c r="C806" s="6">
         <v>90</v>
       </c>
       <c r="E806" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="6" t="s">
         <v>889</v>
       </c>
       <c r="B807" s="6" t="s">
         <v>891</v>
       </c>
       <c r="C807" s="6">
         <v>90</v>
       </c>
       <c r="E807" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="6" t="s">
         <v>889</v>
       </c>
       <c r="B808" s="6" t="s">
         <v>892</v>
       </c>
       <c r="C808" s="6">
         <v>90</v>
       </c>
       <c r="E808" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="6" t="s">
         <v>893</v>
       </c>
       <c r="B809" s="6" t="s">
         <v>894</v>
       </c>
       <c r="C809" s="6">
         <v>993</v>
       </c>
       <c r="E809" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="6" t="s">
         <v>895</v>
       </c>
       <c r="B810" s="6" t="s">
         <v>896</v>
       </c>
       <c r="C810" s="6">
         <v>1876</v>
       </c>
       <c r="D810" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E810" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="6" t="s">
         <v>895</v>
       </c>
       <c r="B811" s="6" t="s">
         <v>897</v>
       </c>
       <c r="C811" s="6">
         <v>1876</v>
       </c>
       <c r="E811" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="6" t="s">
         <v>898</v>
       </c>
       <c r="B812" s="6" t="s">
         <v>899</v>
       </c>
       <c r="C812" s="6">
         <v>256</v>
       </c>
       <c r="D812" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E812" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="6" t="s">
         <v>898</v>
       </c>
       <c r="B813" s="6" t="s">
         <v>900</v>
       </c>
       <c r="C813" s="6">
         <v>256</v>
       </c>
+      <c r="D813" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E813" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="6" t="s">
         <v>898</v>
       </c>
       <c r="B814" s="6" t="s">
         <v>901</v>
       </c>
       <c r="C814" s="6">
         <v>256</v>
       </c>
       <c r="D814" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E814" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="6" t="s">
         <v>898</v>
       </c>
       <c r="B815" s="6" t="s">
         <v>902</v>
       </c>
       <c r="C815" s="6">
         <v>256</v>
       </c>
+      <c r="D815" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="E815" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="6" t="s">
         <v>898</v>
       </c>
       <c r="B816" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C816" s="6">
         <v>256</v>
       </c>
       <c r="D816" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E816" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B817" s="6" t="s">
         <v>904</v>
       </c>
       <c r="C817" s="6">
         <v>380</v>
       </c>
       <c r="E817" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B818" s="6" t="s">
         <v>905</v>
       </c>
       <c r="C818" s="6">
         <v>380</v>
       </c>
       <c r="E818" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B819" s="6" t="s">
         <v>906</v>
       </c>
       <c r="C819" s="6">
         <v>380</v>
       </c>
       <c r="E819" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B820" s="6" t="s">
         <v>907</v>
       </c>
       <c r="C820" s="6">
         <v>380</v>
       </c>
       <c r="D820" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E820" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B821" s="6" t="s">
         <v>908</v>
       </c>
       <c r="C821" s="6">
         <v>380</v>
       </c>
       <c r="E821" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="6" t="s">
         <v>903</v>
       </c>
       <c r="B822" s="6" t="s">
         <v>909</v>
       </c>
       <c r="C822" s="6">
         <v>380</v>
       </c>
       <c r="D822" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E822" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="6" t="s">
         <v>910</v>
       </c>
       <c r="B823" s="6" t="s">
         <v>911</v>
       </c>
       <c r="C823" s="6">
         <v>971</v>
       </c>
       <c r="E823" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="6" t="s">
         <v>910</v>
       </c>
       <c r="B824" s="6" t="s">
         <v>912</v>
       </c>
       <c r="C824" s="6">
         <v>971</v>
       </c>
       <c r="E824" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B825" s="6" t="s">
         <v>914</v>
       </c>
       <c r="C825" s="6">
         <v>44</v>
       </c>
       <c r="E825" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B826" s="6" t="s">
         <v>915</v>
       </c>
       <c r="C826" s="6">
         <v>44</v>
       </c>
       <c r="E826" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B827" s="6" t="s">
         <v>916</v>
       </c>
       <c r="C827" s="6">
         <v>44</v>
       </c>
       <c r="E827" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B828" s="6" t="s">
         <v>917</v>
       </c>
       <c r="C828" s="6">
         <v>44</v>
       </c>
       <c r="E828" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B829" s="6" t="s">
         <v>918</v>
       </c>
       <c r="C829" s="6">
         <v>44</v>
       </c>
       <c r="E829" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B830" s="6" t="s">
         <v>919</v>
       </c>
       <c r="C830" s="6">
         <v>44</v>
       </c>
       <c r="E830" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B831" s="6" t="s">
         <v>920</v>
       </c>
       <c r="C831" s="6">
         <v>44</v>
       </c>
       <c r="E831" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B832" s="6" t="s">
         <v>921</v>
       </c>
       <c r="C832" s="6">
         <v>44</v>
       </c>
       <c r="E832" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B833" s="6" t="s">
         <v>271</v>
       </c>
       <c r="C833" s="6">
         <v>44</v>
       </c>
       <c r="E833" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B834" s="6" t="s">
         <v>922</v>
       </c>
       <c r="C834" s="6">
         <v>44</v>
       </c>
       <c r="E834" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B835" s="6" t="s">
         <v>923</v>
       </c>
       <c r="C835" s="6">
         <v>44</v>
       </c>
       <c r="E835" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B836" s="6" t="s">
         <v>924</v>
       </c>
       <c r="C836" s="6">
         <v>44</v>
       </c>
       <c r="E836" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B837" s="6" t="s">
         <v>925</v>
       </c>
       <c r="C837" s="6">
         <v>44</v>
       </c>
       <c r="E837" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B838" s="6" t="s">
         <v>926</v>
       </c>
       <c r="C838" s="6">
         <v>44</v>
       </c>
       <c r="E838" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B839" s="6" t="s">
         <v>927</v>
       </c>
       <c r="C839" s="6">
         <v>44</v>
       </c>
       <c r="E839" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B840" s="6" t="s">
         <v>928</v>
       </c>
       <c r="C840" s="6">
         <v>44</v>
       </c>
       <c r="E840" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B841" s="6" t="s">
         <v>929</v>
       </c>
       <c r="C841" s="6">
         <v>44</v>
       </c>
       <c r="E841" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B842" s="6" t="s">
         <v>930</v>
       </c>
       <c r="C842" s="6">
         <v>44</v>
       </c>
       <c r="E842" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B843" s="6" t="s">
         <v>931</v>
       </c>
       <c r="C843" s="6">
         <v>44</v>
       </c>
       <c r="E843" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B844" s="6" t="s">
         <v>932</v>
       </c>
       <c r="C844" s="6">
         <v>44</v>
       </c>
       <c r="E844" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="6" t="s">
         <v>913</v>
       </c>
       <c r="B845" s="6" t="s">
         <v>933</v>
       </c>
       <c r="C845" s="6">
         <v>44</v>
       </c>
       <c r="E845" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B846" s="6" t="s">
         <v>935</v>
       </c>
       <c r="C846" s="6">
         <v>1</v>
       </c>
       <c r="D846" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E846" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B847" s="6" t="s">
         <v>937</v>
       </c>
       <c r="C847" s="6">
         <v>1</v>
       </c>
       <c r="D847" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E847" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B848" s="6" t="s">
         <v>938</v>
       </c>
       <c r="C848" s="6">
         <v>1</v>
       </c>
       <c r="D848" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E848" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B849" s="6" t="s">
         <v>939</v>
       </c>
       <c r="C849" s="6">
         <v>1</v>
       </c>
       <c r="D849" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E849" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B850" s="6" t="s">
         <v>940</v>
       </c>
       <c r="C850" s="6">
         <v>1</v>
       </c>
       <c r="D850" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E850" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B851" s="6" t="s">
         <v>941</v>
       </c>
       <c r="C851" s="6">
         <v>1</v>
       </c>
       <c r="D851" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E851" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B852" s="6" t="s">
         <v>942</v>
       </c>
       <c r="C852" s="6">
         <v>1</v>
       </c>
       <c r="D852" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E852" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B853" s="6" t="s">
         <v>943</v>
       </c>
       <c r="C853" s="6">
         <v>1</v>
       </c>
       <c r="D853" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E853" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B854" s="6" t="s">
         <v>944</v>
       </c>
       <c r="C854" s="6">
         <v>1</v>
       </c>
       <c r="D854" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E854" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B855" s="6" t="s">
         <v>945</v>
       </c>
       <c r="C855" s="6">
         <v>1</v>
       </c>
       <c r="D855" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E855" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B856" s="6" t="s">
         <v>946</v>
       </c>
       <c r="C856" s="6">
         <v>1</v>
       </c>
       <c r="D856" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E856" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="6" t="s">
         <v>934</v>
       </c>
       <c r="B857" s="6" t="s">
         <v>203</v>
       </c>
       <c r="C857" s="6">
         <v>1</v>
       </c>
       <c r="D857" s="6" t="s">
         <v>936</v>
       </c>
       <c r="E857" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="6" t="s">
         <v>947</v>
       </c>
       <c r="B858" s="6" t="s">
         <v>948</v>
       </c>
       <c r="C858" s="6">
         <v>598</v>
       </c>
       <c r="D858" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E858" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="6" t="s">
         <v>947</v>
       </c>
       <c r="B859" s="6" t="s">
         <v>949</v>
       </c>
       <c r="C859" s="6">
         <v>598</v>
       </c>
       <c r="D859" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E859" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="6" t="s">
         <v>947</v>
       </c>
       <c r="B860" s="6" t="s">
         <v>950</v>
       </c>
       <c r="C860" s="6">
         <v>598</v>
       </c>
       <c r="D860" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E860" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="6" t="s">
         <v>951</v>
       </c>
       <c r="B861" s="6" t="s">
         <v>952</v>
       </c>
       <c r="C861" s="6">
         <v>998</v>
       </c>
-      <c r="D861" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E861" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="6" t="s">
         <v>951</v>
       </c>
       <c r="B862" s="6" t="s">
         <v>953</v>
       </c>
       <c r="C862" s="6">
         <v>998</v>
       </c>
       <c r="E862" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="6" t="s">
         <v>951</v>
       </c>
       <c r="B863" s="6" t="s">
         <v>954</v>
       </c>
       <c r="C863" s="6">
         <v>998</v>
       </c>
       <c r="E863" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="6" t="s">
         <v>951</v>
       </c>
       <c r="B864" s="6" t="s">
         <v>633</v>
       </c>
       <c r="C864" s="6">
         <v>998</v>
       </c>
-      <c r="D864" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E864" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="6" t="s">
         <v>951</v>
       </c>
       <c r="B865" s="6" t="s">
         <v>955</v>
       </c>
       <c r="C865" s="6">
         <v>998</v>
       </c>
-      <c r="D865" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E865" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="6" t="s">
         <v>956</v>
       </c>
       <c r="B866" s="6" t="s">
         <v>957</v>
       </c>
       <c r="C866" s="6">
         <v>678</v>
       </c>
       <c r="E866" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="6" t="s">
         <v>958</v>
       </c>
       <c r="B867" s="6" t="s">
         <v>959</v>
       </c>
       <c r="C867" s="6">
         <v>58</v>
       </c>
       <c r="D867" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E867" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="6" t="s">
         <v>958</v>
       </c>
       <c r="B868" s="6" t="s">
         <v>960</v>
       </c>
       <c r="C868" s="6">
         <v>58</v>
       </c>
       <c r="E868" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="6" t="s">
         <v>958</v>
       </c>
       <c r="B869" s="6" t="s">
         <v>961</v>
       </c>
       <c r="C869" s="6">
         <v>58</v>
       </c>
       <c r="E869" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B870" s="6" t="s">
         <v>963</v>
       </c>
       <c r="C870" s="6">
         <v>84</v>
       </c>
       <c r="D870" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E870" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B871" s="6" t="s">
         <v>964</v>
       </c>
       <c r="C871" s="6">
         <v>84</v>
       </c>
       <c r="D871" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E871" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B872" s="6" t="s">
         <v>965</v>
       </c>
       <c r="C872" s="6">
         <v>84</v>
       </c>
       <c r="D872" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E872" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B873" s="6" t="s">
         <v>966</v>
       </c>
       <c r="C873" s="6">
         <v>84</v>
       </c>
-      <c r="D873" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E873" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B874" s="6" t="s">
         <v>967</v>
       </c>
       <c r="C874" s="6">
         <v>84</v>
       </c>
       <c r="D874" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E874" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="6" t="s">
         <v>968</v>
       </c>
       <c r="B875" s="6" t="s">
         <v>969</v>
       </c>
       <c r="C875" s="6">
         <v>284</v>
       </c>
       <c r="E875" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="6" t="s">
         <v>968</v>
       </c>
       <c r="B876" s="6" t="s">
         <v>970</v>
       </c>
       <c r="C876" s="6">
         <v>284</v>
       </c>
       <c r="E876" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="6" t="s">
         <v>968</v>
       </c>
       <c r="B877" s="6" t="s">
         <v>971</v>
       </c>
       <c r="C877" s="6">
         <v>284</v>
       </c>
       <c r="E877" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="6" t="s">
         <v>972</v>
       </c>
       <c r="B878" s="6" t="s">
         <v>973</v>
       </c>
       <c r="C878" s="6">
         <v>967</v>
       </c>
       <c r="E878" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="6" t="s">
         <v>972</v>
       </c>
       <c r="B879" s="6" t="s">
         <v>974</v>
       </c>
       <c r="C879" s="6">
         <v>967</v>
       </c>
-      <c r="D879" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E879" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="6" t="s">
         <v>972</v>
       </c>
       <c r="B880" s="6" t="s">
         <v>975</v>
       </c>
       <c r="C880" s="6">
         <v>967</v>
       </c>
       <c r="E880" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="6" t="s">
         <v>757</v>
       </c>
       <c r="B881" s="6" t="s">
         <v>976</v>
       </c>
       <c r="C881" s="6">
         <v>249</v>
       </c>
       <c r="D881" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E881" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="6" t="s">
         <v>978</v>
       </c>
       <c r="B882" s="6" t="s">
         <v>979</v>
       </c>
       <c r="C882" s="6">
         <v>260</v>
       </c>
-      <c r="D882" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E882" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="6" t="s">
         <v>978</v>
       </c>
       <c r="B883" s="6" t="s">
         <v>980</v>
       </c>
       <c r="C883" s="6">
         <v>260</v>
       </c>
       <c r="D883" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E883" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="6" t="s">
         <v>978</v>
       </c>
       <c r="B884" s="6" t="s">
         <v>981</v>
       </c>
       <c r="C884" s="6">
         <v>260</v>
       </c>
       <c r="D884" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E884" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="6" t="s">
         <v>982</v>
       </c>
       <c r="B885" s="6" t="s">
         <v>983</v>
       </c>
       <c r="C885" s="6">
         <v>263</v>
       </c>
       <c r="E885" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="6" t="s">
         <v>982</v>
       </c>
       <c r="B886" s="6" t="s">
         <v>984</v>
       </c>
       <c r="C886" s="6">
         <v>263</v>
       </c>
       <c r="E886" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="6" t="s">
         <v>982</v>
       </c>
       <c r="B887" s="6" t="s">
         <v>985</v>
       </c>
       <c r="C887" s="6">
         <v>263</v>
       </c>
       <c r="E887" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="6" t="s">
         <v>763</v>
       </c>
       <c r="B888" s="6" t="s">
         <v>986</v>
       </c>
       <c r="D888" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E888" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="6" t="s">
         <v>518</v>
       </c>
       <c r="B889" s="6" t="s">
         <v>987</v>
       </c>
       <c r="C889" s="6">
         <v>52</v>
       </c>
       <c r="D889" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E889" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B890" s="6" t="s">
         <v>988</v>
       </c>
       <c r="C890" s="6">
         <v>84</v>
       </c>
       <c r="D890" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E890" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="6" t="s">
         <v>962</v>
       </c>
       <c r="B891" s="6" t="s">
         <v>989</v>
       </c>
       <c r="C891" s="6">
         <v>84</v>
       </c>
       <c r="D891" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E891" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="6" t="s">
         <v>544</v>
       </c>
       <c r="B892" s="6" t="s">
         <v>990</v>
       </c>
       <c r="C892" s="6">
         <v>95</v>
       </c>
       <c r="D892" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E892" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="6" t="s">
         <v>281</v>
       </c>
       <c r="B893" s="6" t="s">
         <v>991</v>
       </c>
       <c r="C893" s="6">
         <v>20</v>
       </c>
       <c r="D893" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E893" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B894" s="6" t="s">
         <v>163</v>
       </c>
       <c r="C894" s="6">
         <v>227</v>
       </c>
       <c r="D894" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E894" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="6" t="s">
         <v>568</v>
       </c>
       <c r="B895" s="6" t="s">
         <v>992</v>
       </c>
       <c r="C895" s="6">
         <v>227</v>
       </c>
       <c r="D895" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E895" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="6" t="s">
         <v>507</v>
       </c>
       <c r="B896" s="6" t="s">
         <v>993</v>
       </c>
       <c r="D896" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E896" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="6" t="s">
         <v>956</v>
       </c>
       <c r="B897" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C897" s="6">
         <v>678</v>
       </c>
       <c r="D897" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E897" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="6" t="s">
         <v>873</v>
       </c>
       <c r="B898" s="6" t="s">
         <v>994</v>
       </c>
       <c r="D898" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E898" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="6" t="s">
         <v>562</v>
       </c>
       <c r="B899" s="6" t="s">
         <v>995</v>
       </c>
       <c r="C899" s="6">
         <v>64</v>
       </c>
       <c r="D899" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E899" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="6" t="s">
         <v>849</v>
       </c>
       <c r="B900" s="6" t="s">
         <v>996</v>
       </c>
       <c r="C900" s="6">
         <v>963</v>
       </c>
       <c r="D900" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E900" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B901" s="6" t="s">
         <v>959</v>
       </c>
       <c r="C901" s="6">
         <v>211</v>
       </c>
       <c r="D901" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E901" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B902" s="6" t="s">
         <v>997</v>
       </c>
       <c r="C902" s="6">
         <v>211</v>
       </c>
       <c r="D902" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E902" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B903" s="6" t="s">
         <v>998</v>
       </c>
       <c r="C903" s="6">
         <v>211</v>
       </c>
       <c r="D903" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E903" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B904" s="6" t="s">
         <v>999</v>
       </c>
       <c r="C904" s="6">
         <v>211</v>
       </c>
       <c r="D904" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E904" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="6" t="s">
         <v>715</v>
       </c>
       <c r="B905" s="6" t="s">
         <v>976</v>
       </c>
       <c r="C905" s="6">
         <v>211</v>
       </c>
       <c r="D905" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E905" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="6" t="s">
         <v>697</v>
       </c>
       <c r="B906" s="6" t="s">
         <v>1000</v>
       </c>
       <c r="C906" s="6">
         <v>252</v>
       </c>
       <c r="D906" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E906" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="6" t="s">
         <v>677</v>
       </c>
       <c r="B907" s="6" t="s">
         <v>1001</v>
       </c>
       <c r="C907" s="6">
         <v>65</v>
       </c>
       <c r="D907" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E907" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="6" t="s">
         <v>667</v>
       </c>
       <c r="B908" s="6" t="s">
         <v>1002</v>
       </c>
       <c r="C908" s="6">
         <v>381</v>
       </c>
       <c r="D908" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E908" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="6" t="s">
         <v>655</v>
       </c>
       <c r="B909" s="6" t="s">
         <v>1003</v>
       </c>
       <c r="C909" s="6">
         <v>239</v>
       </c>
       <c r="D909" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E909" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="6" t="s">
         <v>600</v>
       </c>
       <c r="B910" s="6" t="s">
         <v>1004</v>
       </c>
       <c r="C910" s="6">
         <v>675</v>
       </c>
       <c r="D910" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E910" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="6" t="s">
         <v>566</v>
       </c>
       <c r="B911" s="6" t="s">
         <v>1005</v>
       </c>
       <c r="C911" s="6">
         <v>505</v>
       </c>
       <c r="D911" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E911" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="6" t="s">
         <v>535</v>
       </c>
       <c r="B912" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C912" s="6">
         <v>1664</v>
       </c>
       <c r="D912" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E912" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="6" t="s">
         <v>475</v>
       </c>
       <c r="B913" s="6" t="s">
         <v>1006</v>
       </c>
       <c r="C913" s="6">
         <v>218</v>
       </c>
       <c r="D913" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E913" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="6" t="s">
         <v>84</v>
       </c>
       <c r="B914" s="6" t="s">
         <v>1007</v>
       </c>
       <c r="C914" s="6">
         <v>501</v>
       </c>
       <c r="D914" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E914" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B915" s="6" t="s">
         <v>1008</v>
       </c>
       <c r="C915" s="6">
         <v>1246</v>
       </c>
       <c r="D915" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E915" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B916" s="6" t="s">
         <v>1009</v>
       </c>
       <c r="C916" s="6">
         <v>994</v>
       </c>
       <c r="D916" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E916" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="6" t="s">
         <v>585</v>
       </c>
       <c r="B917" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C917" s="6">
         <v>968</v>
       </c>
       <c r="D917" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E917" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B918" s="6" t="s">
         <v>1010</v>
       </c>
       <c r="C918" s="6">
         <v>1671</v>
       </c>
       <c r="D918" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E918" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="6" t="s">
         <v>580</v>
       </c>
       <c r="B919" s="6" t="s">
         <v>1011</v>
       </c>
       <c r="C919" s="6">
         <v>47</v>
       </c>
       <c r="E919" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="6" t="s">
         <v>1012</v>
       </c>
       <c r="B920" s="6" t="s">
         <v>1013</v>
       </c>
       <c r="D920" s="6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E920" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="6" t="s">
         <v>1014</v>
       </c>
       <c r="B921" s="6" t="s">
         <v>1015</v>
       </c>
       <c r="C921" s="6">
         <v>850</v>
       </c>
-      <c r="D921" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E921" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="6" t="s">
         <v>1014</v>
       </c>
       <c r="B922" s="6" t="s">
         <v>1016</v>
       </c>
       <c r="C922" s="6">
         <v>850</v>
       </c>
-      <c r="D922" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E922" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="6" t="s">
         <v>1014</v>
       </c>
       <c r="B923" s="6" t="s">
         <v>1017</v>
       </c>
       <c r="C923" s="6">
         <v>850</v>
       </c>
-      <c r="D923" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E923" s="6" t="s">
-        <v>10</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B924" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C924" s="6">
+        <v>966</v>
+      </c>
+      <c r="E924" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B925" s="6" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C925" s="6">
+        <v>966</v>
+      </c>
+      <c r="E925" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="B926" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C926" s="6">
+        <v>966</v>
+      </c>
+      <c r="E926" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B927" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C927" s="6">
+        <v>688</v>
+      </c>
+      <c r="E927" s="6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B928" s="6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C928" s="6">
+        <v>688</v>
+      </c>
+      <c r="E928" s="6" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A6:E6">
     <filterColumn colId="0">
       <filters>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Albania"/>
         <filter val="Albania"/>
         <filter val="Algeria"/>
         <filter val="Algeria"/>
         <filter val="Algeria"/>
         <filter val="American Samoa"/>
         <filter val="Andorra"/>
         <filter val="Angola"/>
         <filter val="Angola"/>
         <filter val="Anguilla"/>
         <filter val="Anguilla"/>
         <filter val="Antigua and Barbuda"/>
         <filter val="Antigua and Barbuda"/>
         <filter val="Antigua and Barbuda"/>
@@ -17488,74 +17576,74 @@
         <filter val="Iraq"/>
         <filter val="Ireland"/>
         <filter val="Ireland"/>
         <filter val="Ireland"/>
         <filter val="Ireland"/>
         <filter val="Ireland"/>
         <filter val="Isle of Man"/>
         <filter val="Isle of Man"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Israel"/>
         <filter val="Italy"/>
         <filter val="Italy"/>
         <filter val="Italy"/>
         <filter val="Italy"/>
         <filter val="Italy"/>
         <filter val="Italy"/>
-        <filter val="Ivory Coast (Cote d'Ivoire)"/>
-[...1 lines deleted...]
-        <filter val="Ivory Coast (Cote d'Ivoire)"/>
+        <filter val="Ivory Coast (Cote dIvoire)"/>
+        <filter val="Ivory Coast (Cote dIvoire)"/>
+        <filter val="Ivory Coast (Cote dIvoire)"/>
         <filter val="Jamaica"/>
         <filter val="Jamaica"/>
         <filter val="Japan"/>
         <filter val="Japan"/>
         <filter val="Japan"/>
         <filter val="Japan"/>
         <filter val="Jersey"/>
         <filter val="Jersey"/>
         <filter val="Jersey"/>
         <filter val="Jordan"/>
         <filter val="Jordan"/>
         <filter val="Jordan"/>
         <filter val="Kazakhstan"/>
         <filter val="Kazakhstan"/>
         <filter val="Kazakhstan"/>
         <filter val="Kazakhstan"/>
         <filter val="Kenya"/>
         <filter val="Kenya"/>
         <filter val="Kenya"/>
-        <filter val="Korea, Democratic People's Republic of"/>
-        <filter val="Korea, Democratic People's Republic of"/>
+        <filter val="Korea, Democratic Peoples Republic of"/>
+        <filter val="Korea, Democratic Peoples Republic of"/>
         <filter val="Kuwait"/>
         <filter val="Kuwait"/>
         <filter val="Kuwait"/>
         <filter val="Kyrgyzstan"/>
         <filter val="Kyrgyzstan"/>
         <filter val="Kyrgyzstan"/>
         <filter val="Laos"/>
         <filter val="Laos"/>
         <filter val="Laos"/>
         <filter val="Laos"/>
         <filter val="Latvia"/>
         <filter val="Latvia"/>
         <filter val="Latvia"/>
         <filter val="Lebanon"/>
         <filter val="Lebanon"/>
         <filter val="Lesotho"/>
         <filter val="Lesotho"/>
         <filter val="Liberia"/>
         <filter val="Liberia"/>
         <filter val="Libya"/>
         <filter val="Libya"/>
         <filter val="Liechtenstein"/>
         <filter val="Liechtenstein"/>
         <filter val="Liechtenstein"/>
         <filter val="Lithuania"/>
@@ -17899,52 +17987,52 @@
         <filter val="Sweden"/>
         <filter val="Sweden"/>
         <filter val="Sweden"/>
         <filter val="Switzerland"/>
         <filter val="Switzerland"/>
         <filter val="Switzerland"/>
         <filter val="Syria"/>
         <filter val="Syria"/>
         <filter val="Taiwan"/>
         <filter val="Taiwan"/>
         <filter val="Taiwan"/>
         <filter val="Tajikistan"/>
         <filter val="Tajikistan"/>
         <filter val="Tajikistan"/>
         <filter val="Tajikistan"/>
         <filter val="Tanzania"/>
         <filter val="Tanzania"/>
         <filter val="Tanzania"/>
         <filter val="Tanzania"/>
         <filter val="Tanzania"/>
         <filter val="Thailand"/>
         <filter val="Thailand"/>
         <filter val="Thailand"/>
         <filter val="Thailand"/>
         <filter val="Thailand"/>
-        <filter val="Timor L'este"/>
-        <filter val="Timor L'este"/>
+        <filter val="Timor Leste"/>
+        <filter val="Timor Leste"/>
         <filter val="Togo"/>
         <filter val="Togo"/>
         <filter val="Tonga"/>
         <filter val="Tonga"/>
         <filter val="Trinidad and Tobago"/>
         <filter val="Trinidad and Tobago"/>
         <filter val="Tunisia"/>
         <filter val="Tunisia"/>
         <filter val="Tunisia"/>
         <filter val="Turkey"/>
         <filter val="Turkey"/>
         <filter val="Turkey"/>
         <filter val="Turkmenistan"/>
         <filter val="Turks and Caicos Islands"/>
         <filter val="Turks and Caicos Islands"/>
         <filter val="Uganda"/>
         <filter val="Uganda"/>
         <filter val="Uganda"/>
         <filter val="Uganda"/>
         <filter val="Uganda"/>
         <filter val="Ukraine"/>
         <filter val="Ukraine"/>
         <filter val="Ukraine"/>
         <filter val="Ukraine"/>
         <filter val="Ukraine"/>
@@ -18002,76 +18090,81 @@
         <filter val="Vietnam"/>
         <filter val="Vietnam"/>
         <filter val="Virgin Islands, British"/>
         <filter val="Virgin Islands, British"/>
         <filter val="Virgin Islands, British"/>
         <filter val="Yemen"/>
         <filter val="Yemen"/>
         <filter val="Yemen"/>
         <filter val="Sudan"/>
         <filter val="Zambia"/>
         <filter val="Zambia"/>
         <filter val="Zambia"/>
         <filter val="Zimbabwe"/>
         <filter val="Zimbabwe"/>
         <filter val="Zimbabwe"/>
         <filter val="Eswatini"/>
         <filter val="Mexico"/>
         <filter val="Vietnam"/>
         <filter val="Vietnam"/>
         <filter val="Myanmar"/>
         <filter val="Egypt"/>
         <filter val="Niger"/>
         <filter val="Niger"/>
         <filter val="Martinique"/>
         <filter val="Vanuatu"/>
-        <filter val="Timor L'este"/>
+        <filter val="Timor Leste"/>
         <filter val="New Zealand"/>
         <filter val="Syria"/>
         <filter val="South Sudan"/>
         <filter val="South Sudan"/>
         <filter val="South Sudan"/>
         <filter val="South Sudan"/>
         <filter val="South Sudan"/>
         <filter val="Somalia"/>
         <filter val="Singapore"/>
         <filter val="Serbia"/>
         <filter val="Sao Tome and Principe"/>
         <filter val="Papua New Guinea"/>
         <filter val="Nicaragua"/>
         <filter val="Montserrat"/>
         <filter val="Libya"/>
         <filter val="Belize"/>
         <filter val="Barbados"/>
         <filter val="Azerbaijan"/>
         <filter val="Oman"/>
         <filter val="Bermuda"/>
         <filter val="Norway"/>
         <filter val="Marshal Islands"/>
         <filter val="North Korea"/>
         <filter val="North Korea"/>
         <filter val="North Korea"/>
+        <filter val="Saudi Arabia"/>
+        <filter val="Saudi Arabia"/>
+        <filter val="Saudi Arabia"/>
+        <filter val="Tuvalu"/>
+        <filter val="Tuvalu"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <mergeCells>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">