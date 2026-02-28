--- v1 (2025-12-21)
+++ v2 (2026-02-28)
@@ -17,1951 +17,2065 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$A$6:$E$6</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1024">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1082">
   <si>
     <t>Coverage Checker</t>
   </si>
   <si>
     <t>Generated on:</t>
   </si>
   <si>
-    <t>December 21, 2025 11:23:06 PM UTC</t>
+    <t>February 28, 2026 06:31:48 PM UTC</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Network</t>
   </si>
   <si>
     <t>Country Code (E.164)</t>
   </si>
   <si>
     <t>Restrictions</t>
   </si>
   <si>
     <t>Coverage</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>Telecom Development Company Afghanistan Limited</t>
+    <t>Telecom Development (Roshan)</t>
+  </si>
+  <si>
+    <t>Only MCC MNC information available</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>Afghan Wireless Communication Company</t>
   </si>
   <si>
-    <t>Only MCC MNC information available</t>
-[...5 lines deleted...]
-    <t>MTN Afghanistan</t>
+    <t>Emirates Telecom Corporation (Etisalat)</t>
+  </si>
+  <si>
+    <t>ATOMA (MTN)</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>Vodafone - Albania</t>
-[...2 lines deleted...]
-    <t>One Albania sh.a</t>
+    <t>VODAFONE ALBANIA Sh.a.</t>
+  </si>
+  <si>
+    <t>Telekom (One Albania)</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Wataniya Telecom Algerie (Ooredoo)</t>
   </si>
   <si>
     <t>Algerie Telecom Mobile (Mobilis)</t>
   </si>
   <si>
     <t>Orascom Telecom Algerie (Djezzy)</t>
   </si>
   <si>
     <t>American Samoa</t>
   </si>
   <si>
     <t>BlueSky</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
     <t>Andorra Telecom</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>Movicel</t>
   </si>
   <si>
     <t>UNITEL</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
+    <t>Lime (CW/FLOW)</t>
+  </si>
+  <si>
+    <t>Digicell (Weblinks)</t>
+  </si>
+  <si>
+    <t>Antigua and Barbuda</t>
+  </si>
+  <si>
+    <t>APUA inet (iMobile)</t>
+  </si>
+  <si>
+    <t>Digicel Antigua</t>
+  </si>
+  <si>
+    <t>Cable Wireless (FLOW Antigua)</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>AMX (Claro)</t>
+  </si>
+  <si>
+    <t>Telefonica Moviles (Movistar)</t>
+  </si>
+  <si>
+    <t>Telecom Argentina (Personal)</t>
+  </si>
+  <si>
+    <t>Armenia</t>
+  </si>
+  <si>
+    <t>Veon (Beeline/Team Telecom)</t>
+  </si>
+  <si>
+    <t>MTS GSM (Vivacell)</t>
+  </si>
+  <si>
+    <t>Ucom GSM (Ucom)</t>
+  </si>
+  <si>
+    <t>Aruba</t>
+  </si>
+  <si>
+    <t>New Millennium Telecom (Digicel)</t>
+  </si>
+  <si>
+    <t>Setar</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Telstra</t>
+  </si>
+  <si>
+    <t>Vodafone</t>
+  </si>
+  <si>
+    <t>Optus</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>Magenta (Formerly T-Mobile and TeleRing)</t>
+  </si>
+  <si>
+    <t>A1 Telekom</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Azercell Telecom LLC</t>
+  </si>
+  <si>
+    <t>Bakcell LLC</t>
+  </si>
+  <si>
+    <t>AzQTel (Sazz)</t>
+  </si>
+  <si>
+    <t>Azerfon LLC (Nar Mobile)</t>
+  </si>
+  <si>
+    <t>Bahamas</t>
+  </si>
+  <si>
+    <t>Bahamas Telecommunications</t>
+  </si>
+  <si>
+    <t>Aliv (Cable Bahamas)</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zain Bahrain B.S.C. </t>
+  </si>
+  <si>
+    <t>Bahrain Telecom (BATELCO/BSC)</t>
+  </si>
+  <si>
+    <t>VIVA Bahrain B.S.C. (STC)</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Grameen Phone Limited</t>
+  </si>
+  <si>
+    <t>Robi Axiata Limited</t>
+  </si>
+  <si>
+    <t>Banglalink Digital Communications Ltd</t>
+  </si>
+  <si>
+    <t>Teletalk Bangladesh Ltd</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Digicel Barbados</t>
+  </si>
+  <si>
+    <t>Lime(CW/FLOW Barbados)</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>life :)</t>
+  </si>
+  <si>
+    <t>Unitary enterprise A1</t>
+  </si>
+  <si>
+    <t>MTS (JLLC Mobile TeleSystems)</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Proximus NV van publiek recht</t>
+  </si>
+  <si>
+    <t>TELENET BVBA (BASE)</t>
+  </si>
+  <si>
+    <t>Orange Belgium</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>BULSATCOM (Vivacom)</t>
+  </si>
+  <si>
+    <t>DIGI Communications Belgium</t>
+  </si>
+  <si>
+    <t>Lycamobile sprl</t>
+  </si>
+  <si>
+    <t>Carrefour Mobile</t>
+  </si>
+  <si>
+    <t>Belize</t>
+  </si>
+  <si>
+    <t>Belize Telemedia Limited (DigiCell)</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>MTN Benin</t>
+  </si>
+  <si>
+    <t>MOOV (Etisalat Benin)</t>
+  </si>
+  <si>
+    <t>Bermuda</t>
+  </si>
+  <si>
+    <t>CellularOne (One Comm)</t>
+  </si>
+  <si>
+    <t>Bermuda Digital</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>Bhutan Telecom (B-Mobile)</t>
+  </si>
+  <si>
+    <t>Tashi Cell (InfoComm Thimphu)</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>Telecel (Tigo Bolivia)</t>
+  </si>
+  <si>
+    <t>Viva (Nuevatel PCS)</t>
+  </si>
+  <si>
+    <t>Entel (GSM)</t>
+  </si>
+  <si>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>Telekom Srpske ad (m:tel)</t>
+  </si>
+  <si>
+    <t>BH Telecom dd</t>
+  </si>
+  <si>
+    <t>HT Mostar (Eronet)</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Mascom Wireless</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>BTC Mobile</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>VIVO S.A.</t>
+  </si>
+  <si>
+    <t>TIM CELULAR S.A.</t>
+  </si>
+  <si>
+    <t>CLARO S.A.</t>
+  </si>
+  <si>
+    <t>ALGAR CELULAR S/A (CTBC)</t>
+  </si>
+  <si>
+    <t>SERCOMTEL CELULAR S.A.</t>
+  </si>
+  <si>
+    <t>EUTV CONSULTORIA (Correios/Surf Tel)</t>
+  </si>
+  <si>
+    <t>British Indian Ocean Territory</t>
+  </si>
+  <si>
+    <t>Sure</t>
+  </si>
+  <si>
+    <t>Brunei Darussalam</t>
+  </si>
+  <si>
+    <t>Progresif Cellular</t>
+  </si>
+  <si>
+    <t>DST Communications</t>
+  </si>
+  <si>
+    <t>A1 BULGARIA</t>
+  </si>
+  <si>
+    <t>Telenor (Yettel Bulgaria)</t>
+  </si>
+  <si>
+    <t>Bulgarian Telecom Company (Vivacom)</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>Onatel (Telmob/Moov)</t>
+  </si>
+  <si>
+    <t>Orange Burkina Faso</t>
+  </si>
+  <si>
+    <t>Telecel Faso</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Lumitel (Viettel)</t>
+  </si>
+  <si>
+    <t>Onatel</t>
+  </si>
+  <si>
+    <t>Smart Burundi</t>
+  </si>
+  <si>
+    <t>Econet Wireless Leo</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Cellcard</t>
+  </si>
+  <si>
+    <t>Smart</t>
+  </si>
+  <si>
+    <t>Yes 018 (Formerly Seatel)</t>
+  </si>
+  <si>
+    <t>Metfone (Viettel Cambodia)</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>MTN</t>
+  </si>
+  <si>
+    <t>Orange Cameroon</t>
+  </si>
+  <si>
+    <t>Nexttel Cameroon (Viettel SA)</t>
+  </si>
+  <si>
+    <t>Camtel</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>BRAGG COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>Rogers Wireless</t>
+  </si>
+  <si>
+    <t>Videotron</t>
+  </si>
+  <si>
+    <t>SaskTel Mobility</t>
+  </si>
+  <si>
+    <t>Rogers Wireless - Fido (MVNO)</t>
+  </si>
+  <si>
+    <t>Bell Mobility</t>
+  </si>
+  <si>
+    <t>TELUS Mobility</t>
+  </si>
+  <si>
+    <t>Dryden Mobility</t>
+  </si>
+  <si>
+    <t>WIND Mobile Corp</t>
+  </si>
+  <si>
+    <t>Ice Wireless Inc</t>
+  </si>
+  <si>
+    <t>MTS COMMS INC.</t>
+  </si>
+  <si>
+    <t>FREEDOM MOBILE INC.</t>
+  </si>
+  <si>
+    <t>Execulink Telecom</t>
+  </si>
+  <si>
+    <t>Quadro Communications</t>
+  </si>
+  <si>
+    <t>Bell Mobility - Virgin Plus</t>
+  </si>
+  <si>
+    <t>Cape Verde</t>
+  </si>
+  <si>
+    <t>CV Móvel</t>
+  </si>
+  <si>
+    <t>T+ TELECOMUNICACOES</t>
+  </si>
+  <si>
+    <t>Cayman Islands</t>
+  </si>
+  <si>
     <t>Flow (Cable &amp; Wireless)</t>
   </si>
   <si>
+    <t>Digicel Cayman</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>Telecel</t>
+  </si>
+  <si>
+    <t>MOOV (Atlantique Telecom Centrafrique)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>Airtel</t>
+  </si>
+  <si>
+    <t>Tigo</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Entel PCS Telecomunicaciones sa</t>
+  </si>
+  <si>
+    <t>Claro Chile sa</t>
+  </si>
+  <si>
+    <t>Nextel sa (WOM)</t>
+  </si>
+  <si>
+    <t>VTR Comunicaciones spa</t>
+  </si>
+  <si>
+    <t>Tribe Mobile spa (Virgin Mobile)</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>China Mobile</t>
+  </si>
+  <si>
+    <t>China Unicom</t>
+  </si>
+  <si>
+    <t>China Telecom</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>COLOMBIA TELECOM (Movistar)</t>
+  </si>
+  <si>
+    <t>COLOMBIA MOVIL (Tigo)</t>
+  </si>
+  <si>
+    <t>COMUNICACION CELULAR (Claro)</t>
+  </si>
+  <si>
+    <t>EMPRESA TEL BOGOTA</t>
+  </si>
+  <si>
+    <t>PARTNERS TELECOM (WOM)</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>Comoros Telecom</t>
+  </si>
+  <si>
+    <t>Congo</t>
+  </si>
+  <si>
+    <t>Equateur Telecom Congo (Azur)</t>
+  </si>
+  <si>
+    <t>MTN Congo S.A.</t>
+  </si>
+  <si>
+    <t>Congo, Democratic Republic of</t>
+  </si>
+  <si>
+    <t>Vodacom Congo (RDC) S.A.</t>
+  </si>
+  <si>
+    <t>Orange RDC (Chine Telecom)</t>
+  </si>
+  <si>
+    <t>Africell DRC</t>
+  </si>
+  <si>
+    <t>Cook Islands</t>
+  </si>
+  <si>
+    <t>Bluesky (Vodafone Cook Islands)</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Instituto Costarricense Electric (ICE)</t>
+  </si>
+  <si>
+    <t>Claro CR Telecomunicaciones</t>
+  </si>
+  <si>
+    <t>Telefonica TC (LIBERTY COSTA RICA)</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Hrvatski (Formerly T-Mobile)</t>
+  </si>
+  <si>
+    <t>A1 Croatia (Formerly Vipnet)</t>
+  </si>
+  <si>
+    <t>Telemach</t>
+  </si>
+  <si>
+    <t>Cuba</t>
+  </si>
+  <si>
+    <t>ETECSA/Cubacel</t>
+  </si>
+  <si>
+    <t>Curacao (former Netherlands Antilles)</t>
+  </si>
+  <si>
     <t>Digicel</t>
   </si>
   <si>
-    <t>Antigua and Barbuda</t>
-[...5 lines deleted...]
-    <t>Argentina</t>
+    <t>UTS</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>CYTA</t>
+  </si>
+  <si>
+    <t>EPIC LTD</t>
+  </si>
+  <si>
+    <t>PRIMETEL PLC</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>Vodafone Czech Republic a.s.</t>
+  </si>
+  <si>
+    <t>O2 Czech Republic a.s.</t>
+  </si>
+  <si>
+    <t>T-Mobile Czech Republic a.s.</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>Telia DK</t>
+  </si>
+  <si>
+    <t>Telenor Denmark</t>
+  </si>
+  <si>
+    <t>TDC A/S</t>
+  </si>
+  <si>
+    <t>3 DK (Hi3G Denmark ApS)</t>
+  </si>
+  <si>
+    <t>Voxbone</t>
+  </si>
+  <si>
+    <t>Mach Connectivity ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Onfone ApS</t>
+  </si>
+  <si>
+    <t>CoolTEL (Link Mobile)</t>
+  </si>
+  <si>
+    <t>NextGen Mobile Ldt T/A CardBoardFish</t>
+  </si>
+  <si>
+    <t>MVNO - Maxtel.dk ApS</t>
+  </si>
+  <si>
+    <t>MVNO - CBB Mobil</t>
+  </si>
+  <si>
+    <t>MVNO - Lebara Mobile</t>
+  </si>
+  <si>
+    <t>Mundio Mobile</t>
+  </si>
+  <si>
+    <t>MVNO - Plenti</t>
+  </si>
+  <si>
+    <t>Lycamobile Denmark Ltd</t>
+  </si>
+  <si>
+    <t>Banedanmark</t>
+  </si>
+  <si>
+    <t>Compatel Limited</t>
+  </si>
+  <si>
+    <t>MVNO - 42 Telecom AB</t>
+  </si>
+  <si>
+    <t>MVNO - Atea Telecom</t>
+  </si>
+  <si>
+    <t>MVNO - Bolignet-Aarhus F.M.B.A.</t>
+  </si>
+  <si>
+    <t>MVNO - Companymobile A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Comtalk A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Danovation ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Everlove ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Firmafon ApS</t>
+  </si>
+  <si>
+    <t>MVNO - ICOM Tele A/S</t>
+  </si>
+  <si>
+    <t>MVNO - iPinion ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Ipnordic A/S</t>
+  </si>
+  <si>
+    <t>MVNO - ipvision A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Jay.net A/S</t>
+  </si>
+  <si>
+    <t>MVNO - MI Carrier Services</t>
+  </si>
+  <si>
+    <t>MVNO - MVNO A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Netfors Unified Messaging</t>
+  </si>
+  <si>
+    <t>MVNO - Phone-IT A/S</t>
+  </si>
+  <si>
+    <t>MVNO - SimService</t>
+  </si>
+  <si>
+    <t>MVNO - Firstcom</t>
+  </si>
+  <si>
+    <t>MVNO - Switt ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Telenor Connexion AB</t>
+  </si>
+  <si>
+    <t>MVNO - Tripple Track Europe ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Uni-tel A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Viptel ApS</t>
+  </si>
+  <si>
+    <t>TEL42</t>
+  </si>
+  <si>
+    <t>MVNO - ACN Danmark A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Beepsend AB</t>
+  </si>
+  <si>
+    <t>MVNO - BiBoB</t>
+  </si>
+  <si>
+    <t>MVNO - Care Solutions ApS</t>
+  </si>
+  <si>
+    <t>MVNO - CLX Networks AB</t>
+  </si>
+  <si>
+    <t>MVNO - Evercall ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Flexfone A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Flexonet A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Fullrate A/S</t>
+  </si>
+  <si>
+    <t>MVNO - GigSky ApS</t>
+  </si>
+  <si>
+    <t>MVNO - iCentrex Sweden AB</t>
+  </si>
+  <si>
+    <t>MVNO - Justfone A/S</t>
+  </si>
+  <si>
+    <t>MVNO - M Mobility A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Mitto AG</t>
+  </si>
+  <si>
+    <t>MVNO - Mobil Data ApS</t>
+  </si>
+  <si>
+    <t>Monty UK Global Limited</t>
+  </si>
+  <si>
+    <t>Naka AG</t>
+  </si>
+  <si>
+    <t>MVNO - Onoffapp</t>
+  </si>
+  <si>
+    <t>MVNO - Polperro A/S</t>
+  </si>
+  <si>
+    <t>MVNO - Simpl World Telecom ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Syniverse Technologies</t>
+  </si>
+  <si>
+    <t>MVNO - Telavox ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Telecom X ApS</t>
+  </si>
+  <si>
+    <t>MVNO - Thyfon A/S</t>
+  </si>
+  <si>
+    <t>Tismi BV</t>
+  </si>
+  <si>
+    <t>Viahub (SmS Provider Corp.)</t>
+  </si>
+  <si>
+    <t>Djibouti, Republic of</t>
+  </si>
+  <si>
+    <t>Djibouti Telecom</t>
+  </si>
+  <si>
+    <t>Dominica, Commonwealth of</t>
+  </si>
+  <si>
+    <t>Digicel Dominica</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Altice</t>
+  </si>
+  <si>
+    <t>Viva</t>
   </si>
   <si>
     <t>Claro</t>
   </si>
   <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
     <t>Movistar</t>
   </si>
   <si>
+    <t>CNT</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Etisalat</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea</t>
+  </si>
+  <si>
+    <t>Getesa (Formerly Orange)</t>
+  </si>
+  <si>
+    <t>Muni</t>
+  </si>
+  <si>
+    <t>Eritrea</t>
+  </si>
+  <si>
+    <t>Eritel</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Telia</t>
+  </si>
+  <si>
+    <t>Elisa</t>
+  </si>
+  <si>
+    <t>Tele 2</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Ethio Telecom</t>
+  </si>
+  <si>
+    <t>Falkland Islands</t>
+  </si>
+  <si>
+    <t>Faroe Islands</t>
+  </si>
+  <si>
+    <t>Føroya Tele (ver)</t>
+  </si>
+  <si>
+    <t>Nema</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>Alcom</t>
+  </si>
+  <si>
+    <t>DNA</t>
+  </si>
+  <si>
+    <t>Telia (Formerly Sonera)</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Bouygues Telecom</t>
+  </si>
+  <si>
+    <t>SFR</t>
+  </si>
+  <si>
+    <t>Free Mobile</t>
+  </si>
+  <si>
+    <t>Lycamobile</t>
+  </si>
+  <si>
+    <t>NRJ Mobile</t>
+  </si>
+  <si>
+    <t>Completel Mobile</t>
+  </si>
+  <si>
+    <t>MobiquiThings</t>
+  </si>
+  <si>
+    <t>Transatel</t>
+  </si>
+  <si>
+    <t>French Guiana</t>
+  </si>
+  <si>
+    <t>Outremer Telecom</t>
+  </si>
+  <si>
+    <t>Orange Caraibe Mobiles</t>
+  </si>
+  <si>
+    <t>Digicel Guyane</t>
+  </si>
+  <si>
+    <t>French Polynesia</t>
+  </si>
+  <si>
+    <t>Vini</t>
+  </si>
+  <si>
+    <t>Vodafone (Pacific Mobile Telecom)</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>Gabon Telecom</t>
+  </si>
+  <si>
+    <t>Azur Gabon</t>
+  </si>
+  <si>
+    <t>Gambia</t>
+  </si>
+  <si>
+    <t>Gamcel</t>
+  </si>
+  <si>
+    <t>Africell</t>
+  </si>
+  <si>
+    <t>Comium</t>
+  </si>
+  <si>
+    <t>Qcell</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>MagtiCom</t>
+  </si>
+  <si>
+    <t>Silknet (Formerly Geocell)</t>
+  </si>
+  <si>
+    <t>Cellfie (Formerly Beeline)</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Vodafone GmbH</t>
+  </si>
+  <si>
+    <t>Telekom Deutschland GmbH</t>
+  </si>
+  <si>
+    <t>Telefonica Germany GmbH &amp; Co. OHG</t>
+  </si>
+  <si>
+    <t>Drillisch Online AG (1&amp;1)</t>
+  </si>
+  <si>
+    <t>Lebara Limited</t>
+  </si>
+  <si>
+    <t>Lycamobile Germany GmbH</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Airtel TiGo</t>
+  </si>
+  <si>
+    <t>Glo</t>
+  </si>
+  <si>
+    <t>Gibraltar</t>
+  </si>
+  <si>
+    <t>GibTel</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Wind Hellas</t>
+  </si>
+  <si>
+    <t>Cosmote</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>Tusass (Formerly Tele)</t>
+  </si>
+  <si>
+    <t>Grenada</t>
+  </si>
+  <si>
+    <t>Flow</t>
+  </si>
+  <si>
+    <t>Guadeloupe</t>
+  </si>
+  <si>
+    <t>Orange Caraibes Mobiles</t>
+  </si>
+  <si>
+    <t>Free Caraibes</t>
+  </si>
+  <si>
+    <t>Digicel Guadeloupe</t>
+  </si>
+  <si>
+    <t>Dauphin Telecom</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Claro (Merged with Movistar)</t>
+  </si>
+  <si>
+    <t>Guernsey</t>
+  </si>
+  <si>
+    <t>Sure Mobile (Cable &amp; Wireless Guernsey Ltd)</t>
+  </si>
+  <si>
+    <t>Airtel Guernsey</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>Cellcom</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange Bissau </t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Digicel Guyana</t>
+  </si>
+  <si>
+    <t>GTT+ (Formerly Cellink Plus)</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>NATCOM</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>Honducel</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>csl. (formerly CSL and PCCW Mobile)</t>
+  </si>
+  <si>
+    <t>SmarTone (formerly SmarTone-Vodafone)</t>
+  </si>
+  <si>
+    <t>3 (Hutchison Telecom HK Ltd)</t>
+  </si>
+  <si>
+    <t>China Mobile Hong Kong - CMHK formerly China Resources Peoples Telephone Company Limited</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>Yettlel (Formerly Telenor)</t>
+  </si>
+  <si>
+    <t>One (Formerly Vodaone)</t>
+  </si>
+  <si>
+    <t>Magyar Telekom (Formerly T-Mobile)</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>Siminn</t>
+  </si>
+  <si>
+    <t>NOVA</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Jio</t>
+  </si>
+  <si>
+    <t>BSNL</t>
+  </si>
+  <si>
+    <t>MTNL</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>XL - Axis</t>
+  </si>
+  <si>
+    <t>Telkomsel</t>
+  </si>
+  <si>
+    <t>IOH - Indosat Ooredoo Hutchison</t>
+  </si>
+  <si>
+    <t>Smartfren</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Hamrah-e-Aval</t>
+  </si>
+  <si>
+    <t>MTCE</t>
+  </si>
+  <si>
+    <t>Irancell</t>
+  </si>
+  <si>
+    <t>Taliya</t>
+  </si>
+  <si>
+    <t>Rightel</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>Korek Telecom</t>
+  </si>
+  <si>
+    <t>Zain</t>
+  </si>
+  <si>
+    <t>Asiacell</t>
+  </si>
+  <si>
+    <t>Omnnea</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Vodafone Ireland</t>
+  </si>
+  <si>
+    <t>Hutchison 3G Ireland (Merged with O2)</t>
+  </si>
+  <si>
+    <t>Eir (formally Meteor Mobile Telecommunications)</t>
+  </si>
+  <si>
+    <t>Tesco mobile (Liffey Telecom) (Hutchison 3g Ireland MVNO)</t>
+  </si>
+  <si>
+    <t>Isle of Man</t>
+  </si>
+  <si>
+    <t>Manx Telecom</t>
+  </si>
+  <si>
+    <t>Sure Mobile</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Partner (Formerly Orange)</t>
+  </si>
+  <si>
+    <t>Pelephone</t>
+  </si>
+  <si>
+    <t>Hot Mobile</t>
+  </si>
+  <si>
+    <t>Annatel</t>
+  </si>
+  <si>
+    <t>Cellact</t>
+  </si>
+  <si>
+    <t>012 Mobile</t>
+  </si>
+  <si>
+    <t>Home Cellular</t>
+  </si>
+  <si>
+    <t>Rami Levy</t>
+  </si>
+  <si>
+    <t>019 Telzar</t>
+  </si>
+  <si>
+    <t>We4G (Xphone)</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>WINDTRE</t>
+  </si>
+  <si>
+    <t>Vodafone Italy</t>
+  </si>
+  <si>
+    <t>TIM (Telecom Italia SpA)</t>
+  </si>
+  <si>
+    <t>Iliad</t>
+  </si>
+  <si>
+    <t>Fastweb (H3G MVNO)</t>
+  </si>
+  <si>
+    <t>Ivory Coast (Cote dIvoire)</t>
+  </si>
+  <si>
+    <t>Orange - Cote dIvoire</t>
+  </si>
+  <si>
+    <t>Atlantic Telecom (MOOV)</t>
+  </si>
+  <si>
+    <t>MTN - Cote dIvoire</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Digicel Jamaica</t>
+  </si>
+  <si>
+    <t>Flow (Cable &amp; Wireless (Jamaica) Ltd)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>NTT DOCOMO</t>
+  </si>
+  <si>
+    <t>SoftBank</t>
+  </si>
+  <si>
+    <t>Rakuten Mobile</t>
+  </si>
+  <si>
+    <t>au (KDDI)</t>
+  </si>
+  <si>
+    <t>Jersey</t>
+  </si>
+  <si>
+    <t>Jersey Telecom</t>
+  </si>
+  <si>
+    <t>Airtel Jersey</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Orange (Jordan Telecom Group)</t>
+  </si>
+  <si>
+    <t>Umniah</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Beeline (KaR-Tel LLP)</t>
+  </si>
+  <si>
+    <t>K-Cell (GSM Kazakhstan Ltd)</t>
+  </si>
+  <si>
+    <t>Altel JSC</t>
+  </si>
+  <si>
+    <t>Tele2</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Safaricom</t>
+  </si>
+  <si>
+    <t>Airtel Kenya</t>
+  </si>
+  <si>
+    <t>Telkom Kenya</t>
+  </si>
+  <si>
+    <t>Korea, Democratic Peoples Republic of</t>
+  </si>
+  <si>
+    <t>SunNet (Korea Posts and Telecommunications Corporation)</t>
+  </si>
+  <si>
+    <t>Koryolink (CHEO Technology JV Company)</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>Zain KW (Mobile Telecommunications Co.)</t>
+  </si>
+  <si>
+    <t>Ooredoo</t>
+  </si>
+  <si>
+    <t>STC (VIVA) (Kuwait Telecom Company)</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>O! (NurTelecom LLC)</t>
+  </si>
+  <si>
+    <t>Beeline KG (Sky Mobile LLC)</t>
+  </si>
+  <si>
+    <t>MEGACOM (Alfa Telecom Joint Stock Company)</t>
+  </si>
+  <si>
+    <t>Laos</t>
+  </si>
+  <si>
+    <t>TPlus (Formerly Beeline)</t>
+  </si>
+  <si>
+    <t>ETL MOBILE</t>
+  </si>
+  <si>
+    <t>Laotel</t>
+  </si>
+  <si>
+    <t>Unitel</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>LMT (Latvijas Mobilais Telefons)</t>
+  </si>
+  <si>
+    <t>Bite</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Alfa</t>
+  </si>
+  <si>
+    <t>Touch</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>Econet Telecom Lesotho</t>
+  </si>
+  <si>
+    <t>Vodacom Lesotho</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Lonestar Cells</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>Al-Madar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Libyana Mobile Phone </t>
+  </si>
+  <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>Swisscom</t>
+  </si>
+  <si>
+    <t>7acht</t>
+  </si>
+  <si>
+    <t>Telecom Liechtenstein</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>BITE</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>Post Telecom</t>
+  </si>
+  <si>
+    <t>Tango</t>
+  </si>
+  <si>
+    <t>Macau</t>
+  </si>
+  <si>
+    <t>CTM</t>
+  </si>
+  <si>
+    <t>Hutchison Telecom</t>
+  </si>
+  <si>
+    <t>Macedonia</t>
+  </si>
+  <si>
+    <t>T-Mobile</t>
+  </si>
+  <si>
+    <t>A1</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>Telma Mobile</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>TNM (Telekom Networks Malawi)</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Axiata</t>
+  </si>
+  <si>
+    <t>Digi</t>
+  </si>
+  <si>
+    <t>Maxis</t>
+  </si>
+  <si>
+    <t>U-Mobile</t>
+  </si>
+  <si>
+    <t>Unify</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>Dhiraagu</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>Malitel</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>GO</t>
+  </si>
+  <si>
+    <t>Epic</t>
+  </si>
+  <si>
+    <t>Melita Mobile</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
+  <si>
+    <t>Digicel Martinique</t>
+  </si>
+  <si>
+    <t>SFR Martinique</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>Mattel</t>
+  </si>
+  <si>
+    <t>Mauritel</t>
+  </si>
+  <si>
+    <t>Chinguitel</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>my.t (formerly Orange)</t>
+  </si>
+  <si>
+    <t>Emtel</t>
+  </si>
+  <si>
+    <t>MTML (Mahanagar Telephone)</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>RADIOMOVIL DIPSA/TELCEL/AMERICA MOVIL</t>
+  </si>
+  <si>
+    <t>PEGASO PCS (Movistar Mexico)</t>
+  </si>
+  <si>
+    <t>AT&amp;T COMERCIALIZACION MOVIL</t>
+  </si>
+  <si>
+    <t>Moldova</t>
+  </si>
+  <si>
+    <t>MoldCell</t>
+  </si>
+  <si>
+    <t>Unite (MoldTelecom)</t>
+  </si>
+  <si>
+    <t>Monaco</t>
+  </si>
+  <si>
+    <t>Monaco Telecom</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MobiCom </t>
+  </si>
+  <si>
+    <t>SkyTel (CDMA)</t>
+  </si>
+  <si>
+    <t>G-Mobile (CDMA)</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>One (FormerlyTelenor)</t>
+  </si>
+  <si>
+    <t>T-Mobile (Crnogorski Telekom)</t>
+  </si>
+  <si>
+    <t>m:tel CG</t>
+  </si>
+  <si>
+    <t>Montserrat</t>
+  </si>
+  <si>
+    <t>Flow (Cable &amp; Wireless (Montserrat) Ltd)</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>IAM (Maroc Telecom)</t>
+  </si>
+  <si>
+    <t>Orange (ex Meditel)</t>
+  </si>
+  <si>
+    <t>INWI (WANA - Groupe ONA)</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>mcel</t>
+  </si>
+  <si>
+    <t>Vodacom</t>
+  </si>
+  <si>
+    <t>Movitel</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>MPT</t>
+  </si>
+  <si>
+    <t>ATOM (Previously Telenor)</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>TN Mobile (Telecom Namibia)</t>
+  </si>
+  <si>
+    <t>MTC</t>
+  </si>
+  <si>
+    <t>Nauru</t>
+  </si>
+  <si>
+    <t>Digicel Nauru</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>Nepal Telecom</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ncell </t>
+  </si>
+  <si>
+    <t>Smart Telecom</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>Lycamobile Netherlands Limited</t>
+  </si>
+  <si>
+    <t>KPN BV/888 BV</t>
+  </si>
+  <si>
+    <t>Vodafone Libertel BV</t>
+  </si>
+  <si>
+    <t>T-Mobile BV (Odido)</t>
+  </si>
+  <si>
+    <t>New Caledonia</t>
+  </si>
+  <si>
+    <t>Mobilis</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>One New Zealand (Formerly Vodafone)</t>
+  </si>
+  <si>
+    <t>Spark</t>
+  </si>
+  <si>
+    <t>2degrees</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>Claro (ENITEL)</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moov </t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Glo Mobile</t>
+  </si>
+  <si>
+    <t>9Mobile</t>
+  </si>
+  <si>
+    <t>Niue</t>
+  </si>
+  <si>
+    <t>Telecom Niue</t>
+  </si>
+  <si>
+    <t>Norfolk Island</t>
+  </si>
+  <si>
+    <t>Norfolk Telecom</t>
+  </si>
+  <si>
+    <t>Northern Cyprus</t>
+  </si>
+  <si>
+    <t>KKTC Telsim (Vodafone)</t>
+  </si>
+  <si>
+    <t>KKTCell (Turkcell)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>Telenor</t>
+  </si>
+  <si>
+    <t>Ice.net (Merged with Network Norway)</t>
+  </si>
+  <si>
+    <t>Lycamobile Norway Ltd</t>
+  </si>
+  <si>
+    <t>ICE Communication Norge AS</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Omantel</t>
+  </si>
+  <si>
+    <t>Ooredoo Nawras</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Jazz - Mobilink</t>
+  </si>
+  <si>
+    <t>Ufone</t>
+  </si>
+  <si>
+    <t>ZONG</t>
+  </si>
+  <si>
+    <t>Palau</t>
+  </si>
+  <si>
+    <t>PNCC Wireless (Palau National Communications Corp)</t>
+  </si>
+  <si>
+    <t>Palestinian Territory</t>
+  </si>
+  <si>
+    <t>Jawwal (Palestine Telecomm)</t>
+  </si>
+  <si>
+    <t>Ooredoo (formerly Wataniya Mobile)</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Mas Movil (Cable &amp; Wireless)</t>
+  </si>
+  <si>
+    <t>Tigo (Movistar)</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>Digicel PNG</t>
+  </si>
+  <si>
+    <t>BMobile - Vodafone</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>VOX</t>
+  </si>
+  <si>
     <t>Personal</t>
   </si>
   <si>
-    <t>Armenia</t>
-[...104 lines deleted...]
-    <t>A1(Formerly Velcom)</t>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Entel</t>
+  </si>
+  <si>
+    <t>Bitel</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Globe Telecom </t>
+  </si>
+  <si>
+    <t>Smart Communications</t>
+  </si>
+  <si>
+    <t>Dito</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Orange (PTK Centertel Sp. z o.o.)</t>
+  </si>
+  <si>
+    <t>T-Mobile.pl ERA (Polska Telefonia Cyfrowa Sp. z o.o.)</t>
+  </si>
+  <si>
+    <t>Plus (Polkomtel S.A.)</t>
+  </si>
+  <si>
+    <t>Play (P4 Sp. z o.o.)</t>
+  </si>
+  <si>
+    <t>CenterNet S.A.</t>
+  </si>
+  <si>
+    <t>Cyfrowy POLSAT S.A. (MVNO)</t>
+  </si>
+  <si>
+    <t>Lycamobile Sp. z o.o. (MVNO)</t>
+  </si>
+  <si>
+    <t>Teleena Holding BV (MVNO)</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>NOS</t>
+  </si>
+  <si>
+    <t>MEO</t>
+  </si>
+  <si>
+    <t>Lycamobile (MVNO Vodafone)</t>
+  </si>
+  <si>
+    <t>NOWO (MVNO MEO)</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Reunion</t>
+  </si>
+  <si>
+    <t>Free (Outremer Telecom)</t>
+  </si>
+  <si>
+    <t>Orange Reunion</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Telekom Mobile</t>
+  </si>
+  <si>
+    <t>DIGI Mobil</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>MTS</t>
   </si>
   <si>
-    <t>Belgium</t>
-[...1669 lines deleted...]
-  <si>
     <t>Beeline</t>
   </si>
   <si>
     <t>MOTIV</t>
   </si>
   <si>
     <t>Miatel</t>
   </si>
   <si>
     <t>Tinkoff Mobile</t>
   </si>
   <si>
     <t>Megafon</t>
   </si>
   <si>
     <t>Yota</t>
   </si>
   <si>
     <t>Rwanda, Republic of</t>
   </si>
   <si>
     <t>Airtel (merged with Tigo)</t>
   </si>
   <si>
     <t>KT</t>
@@ -2560,54 +2674,57 @@
   <si>
     <t>MVNO  42 Telecom LTD</t>
   </si>
   <si>
     <t>MVNO TeliaSonera- Alltele Privat AB. (f.d. Alltele LDA f.d Bixia AB)</t>
   </si>
   <si>
     <t>MVNO  Bahnhof AB</t>
   </si>
   <si>
     <t>MVNO Gotalandsnatet - 0700 Sverige AB</t>
   </si>
   <si>
     <t>MVNO TeliaSonera - Uno Telefoni AB  (f.d Uno Trafik AB f.d.Svea Billing System AB)</t>
   </si>
   <si>
     <t>MVNO TeliaSonera - Soft Telecom Sweden AB</t>
   </si>
   <si>
     <t>MVNO Gotalandsnatet - BM Sverige AB</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t xml:space="preserve">Salt </t>
-[...2 lines deleted...]
-    <t>Sunrise</t>
+    <t>Salt Mobile SA</t>
+  </si>
+  <si>
+    <t>Sunrise Communications AG</t>
+  </si>
+  <si>
+    <t>Swisscom (Schweiz) AG</t>
   </si>
   <si>
     <t>Syria</t>
   </si>
   <si>
     <t>Syriatel</t>
   </si>
   <si>
     <t>MTN Syria</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>Far EasTone</t>
   </si>
   <si>
     <t>Chunghwa Telecom</t>
   </si>
   <si>
     <t>Taiwan Mobile</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
@@ -2752,54 +2869,54 @@
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Vodafone Ukraine (formerly MTS)</t>
   </si>
   <si>
     <t>Kyivstar</t>
   </si>
   <si>
     <t>Lifecell</t>
   </si>
   <si>
     <t>TriMob</t>
   </si>
   <si>
     <t>PEOPLEnet (Telesystems of Ukraine) (CDMA)</t>
   </si>
   <si>
     <t>Intertelecom (CDMA)</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>Etisalat (Emirates Telecom Corp)</t>
-[...2 lines deleted...]
-    <t>du (EITC)</t>
+    <t>Emirates Telecom Corp-ETISALAT</t>
+  </si>
+  <si>
+    <t>Emirates Integrated Telecoms PJSC (DU)</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>O2 (Telefonica UK Ltd)</t>
   </si>
   <si>
     <t>Vectone Mobile (Mundio Mobile Limited)</t>
   </si>
   <si>
     <t>3 (Hutchison 3G UK Ltd)</t>
   </si>
   <si>
     <t>T-Mobile UK (Everything Everywhere Limited)</t>
   </si>
   <si>
     <t>Orange (Everything Everywhere Limited)</t>
   </si>
   <si>
     <t>Vodafone UK</t>
   </si>
   <si>
     <t>BT</t>
   </si>
@@ -3089,50 +3206,107 @@
     <t>Koryolink</t>
   </si>
   <si>
     <t>Byol Star</t>
   </si>
   <si>
     <t>Kang Song NET</t>
   </si>
   <si>
     <t>Saudi Telecom Company (stc)</t>
   </si>
   <si>
     <t>Virgin Mobile (stc Group)</t>
   </si>
   <si>
     <t>Zain Group</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>TTC</t>
   </si>
   <si>
     <t>Digicell</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>Amalgamating Telecom</t>
+  </si>
+  <si>
+    <t>Puerto Rico</t>
+  </si>
+  <si>
+    <t>LIBERTY MOBILE PR</t>
+  </si>
+  <si>
+    <t>T-MOBILE</t>
+  </si>
+  <si>
+    <t>CLARO PUERTO RICO</t>
+  </si>
+  <si>
+    <t>Salaam</t>
+  </si>
+  <si>
+    <t>Africell Angola S.A.</t>
+  </si>
+  <si>
+    <t>Digital Infrastructure Company (SBIN)</t>
+  </si>
+  <si>
+    <t>Imagine (TelBru)</t>
+  </si>
+  <si>
+    <t>Caribbean Netherlands</t>
+  </si>
+  <si>
+    <t>Telbo</t>
+  </si>
+  <si>
+    <t>NationLink Telecom</t>
+  </si>
+  <si>
+    <t>Warid Congo SA(CYRUS)</t>
+  </si>
+  <si>
+    <t>Lycamobile AG</t>
+  </si>
+  <si>
+    <t>China Broadcasting Network Corporation</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>TPlus Telecom (UNITEL T+ TELECOM)</t>
+  </si>
+  <si>
+    <t>Cablenet Comm (Lemontel)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF283A75"/>
       <name val="Arial"/>
@@ -3582,54 +3756,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F928"/>
+  <dimension ref="A1:F945"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E926" sqref="E926"/>
+      <selection activeCell="E945" sqref="E945"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="true" style="6"/>
     <col min="2" max="2" width="50" customWidth="true" style="6"/>
     <col min="3" max="3" width="25" customWidth="true" style="6"/>
     <col min="4" max="4" width="55" customWidth="true" style="6"/>
     <col min="5" max="5" width="13" customWidth="true" style="6"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="12.75">
       <c r="A1" s="7"/>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="26.25">
       <c r="A2" s="7"/>
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
@@ -3663,13579 +3837,13808 @@
         <v>3</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="6">
         <v>93</v>
       </c>
+      <c r="D7" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E7" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C8" s="6">
         <v>93</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="6">
         <v>93</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E9" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="6">
         <v>93</v>
       </c>
       <c r="E10" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="6">
         <v>355</v>
       </c>
       <c r="E11" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="6">
         <v>355</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="6">
         <v>213</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="6">
         <v>213</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E14" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="6">
         <v>213</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E15" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="6">
         <v>684</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="6">
         <v>376</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="6">
         <v>244</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="6">
         <v>244</v>
       </c>
       <c r="E19" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="6">
         <v>1264</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E20" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="6">
         <v>1264</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C22" s="6">
         <v>1268</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E22" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C23" s="6">
         <v>1268</v>
       </c>
+      <c r="D23" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E23" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C24" s="6">
         <v>1268</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E24" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C25" s="6">
         <v>54</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E25" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C26" s="6">
         <v>54</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C27" s="6">
         <v>54</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C28" s="6">
         <v>374</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C29" s="6">
         <v>374</v>
       </c>
       <c r="E29" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C30" s="6">
         <v>374</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E30" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="C31" s="6">
         <v>297</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C32" s="6">
         <v>297</v>
       </c>
       <c r="E32" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C33" s="6">
         <v>61</v>
       </c>
       <c r="E33" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C34" s="6">
         <v>61</v>
       </c>
       <c r="E34" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C35" s="6">
         <v>61</v>
       </c>
       <c r="E35" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C36" s="6">
         <v>43</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C37" s="6">
         <v>43</v>
       </c>
       <c r="E37" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B38" s="6">
         <v>3</v>
       </c>
       <c r="C38" s="6">
         <v>43</v>
       </c>
       <c r="E38" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C39" s="6">
         <v>994</v>
       </c>
+      <c r="D39" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E39" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C40" s="6">
         <v>994</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C41" s="6">
         <v>994</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E41" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B42" s="6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C42" s="6">
         <v>994</v>
       </c>
+      <c r="D42" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E42" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C43" s="6">
         <v>1242</v>
       </c>
       <c r="E43" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C44" s="6">
         <v>1242</v>
       </c>
       <c r="E44" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C45" s="6">
         <v>973</v>
       </c>
       <c r="E45" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C46" s="6">
         <v>973</v>
       </c>
       <c r="E46" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C47" s="6">
         <v>973</v>
       </c>
       <c r="E47" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C48" s="6">
         <v>880</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E48" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C49" s="6">
         <v>880</v>
       </c>
       <c r="E49" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C50" s="6">
         <v>880</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C51" s="6">
         <v>880</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E51" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C52" s="6">
         <v>1246</v>
       </c>
       <c r="E52" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C53" s="6">
         <v>1246</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E53" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C54" s="6">
         <v>375</v>
       </c>
       <c r="E54" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C55" s="6">
         <v>375</v>
       </c>
       <c r="E55" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C56" s="6">
         <v>375</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C57" s="6">
         <v>32</v>
       </c>
       <c r="E57" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C58" s="6">
         <v>32</v>
       </c>
       <c r="E58" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C59" s="6">
         <v>32</v>
       </c>
       <c r="E59" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B60" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C60" s="6">
-        <v>32</v>
+        <v>359</v>
       </c>
       <c r="E60" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C61" s="6">
         <v>32</v>
       </c>
       <c r="E61" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C62" s="6">
         <v>32</v>
       </c>
       <c r="E62" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C63" s="6">
         <v>32</v>
       </c>
       <c r="E63" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="6" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C64" s="6">
         <v>501</v>
       </c>
       <c r="E64" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C65" s="6">
         <v>229</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E65" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="6" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C66" s="6">
         <v>229</v>
       </c>
       <c r="E66" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="C67" s="6">
         <v>1671</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C68" s="6">
         <v>1671</v>
       </c>
       <c r="E68" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="6" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C69" s="6">
         <v>975</v>
       </c>
       <c r="E69" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="6" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C70" s="6">
         <v>975</v>
       </c>
       <c r="E70" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C71" s="6">
         <v>591</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E71" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C72" s="6">
         <v>591</v>
       </c>
       <c r="E72" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C73" s="6">
         <v>591</v>
       </c>
       <c r="E73" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C74" s="6">
         <v>387</v>
       </c>
       <c r="E74" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C75" s="6">
         <v>387</v>
       </c>
       <c r="E75" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C76" s="6">
         <v>387</v>
       </c>
       <c r="E76" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C77" s="6">
         <v>267</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C78" s="6">
         <v>267</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C79" s="6">
         <v>267</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C80" s="6">
         <v>55</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C81" s="6">
         <v>55</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>36</v>
+        <v>114</v>
       </c>
       <c r="C82" s="6">
         <v>55</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C83" s="6">
         <v>55</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C84" s="6">
         <v>55</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C85" s="6">
         <v>55</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E85" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="6" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C86" s="6">
         <v>246</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="6" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C87" s="6">
         <v>673</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E87" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="6" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C88" s="6">
         <v>673</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E88" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="6" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C89" s="6">
         <v>359</v>
       </c>
       <c r="E89" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="6" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C90" s="6">
         <v>359</v>
       </c>
       <c r="E90" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="6" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C91" s="6">
         <v>359</v>
       </c>
       <c r="E91" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C92" s="6">
         <v>226</v>
       </c>
       <c r="E92" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="C93" s="6">
         <v>226</v>
       </c>
       <c r="E93" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C94" s="6">
         <v>226</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C95" s="6">
         <v>257</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E95" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C96" s="6">
         <v>257</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E96" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C97" s="6">
         <v>257</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E97" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="6" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B98" s="6" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C98" s="6">
         <v>257</v>
       </c>
       <c r="E98" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C99" s="6">
         <v>855</v>
       </c>
       <c r="E99" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B100" s="6" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C100" s="6">
         <v>855</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E100" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C101" s="6">
         <v>855</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E101" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="6" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C102" s="6">
         <v>855</v>
       </c>
       <c r="E102" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="6" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C103" s="6">
         <v>237</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E103" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="6" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C104" s="6">
         <v>237</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E104" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="6" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C105" s="6">
         <v>237</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E105" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="6" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C106" s="6">
         <v>237</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E106" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C107" s="6">
         <v>1</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E107" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C108" s="6">
         <v>1</v>
       </c>
-      <c r="D108" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="C109" s="6">
         <v>1</v>
       </c>
-      <c r="D109" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C110" s="6">
         <v>1</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E110" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C111" s="6">
         <v>1</v>
       </c>
-      <c r="D111" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="C112" s="6">
         <v>1</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E112" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C113" s="6">
         <v>1</v>
       </c>
-      <c r="D113" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B114" s="6" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C114" s="6">
         <v>1</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E114" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="C115" s="6">
         <v>1</v>
       </c>
       <c r="D115" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E115" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C116" s="6">
         <v>1</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E116" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C117" s="6">
         <v>1</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E117" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="C118" s="6">
         <v>1</v>
       </c>
-      <c r="D118" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C119" s="6">
         <v>1</v>
       </c>
       <c r="D119" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E119" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C120" s="6">
         <v>1</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E120" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="6" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B121" s="6" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="C121" s="6">
         <v>1</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E121" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="6" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B122" s="6" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C122" s="6">
         <v>238</v>
       </c>
       <c r="E122" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="6" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B123" s="6" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C123" s="6">
         <v>238</v>
       </c>
       <c r="E123" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="6" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="C124" s="6">
         <v>1345</v>
       </c>
       <c r="D124" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E124" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="6" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C125" s="6">
         <v>1345</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E125" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="6" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B126" s="6" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="C126" s="6">
         <v>236</v>
       </c>
       <c r="E126" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="6" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B127" s="6" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="C127" s="6">
         <v>236</v>
       </c>
       <c r="E127" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="6" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B128" s="6" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="C128" s="6">
         <v>236</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E128" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="6" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B129" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C129" s="6">
         <v>235</v>
       </c>
       <c r="E129" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="6" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="B130" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C130" s="6">
         <v>235</v>
       </c>
       <c r="E130" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B131" s="6" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="C131" s="6">
         <v>56</v>
       </c>
       <c r="E131" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B132" s="6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C132" s="6">
         <v>56</v>
       </c>
       <c r="D132" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E132" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B133" s="6" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
       <c r="C133" s="6">
         <v>56</v>
       </c>
       <c r="E133" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B134" s="6" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C134" s="6">
         <v>56</v>
       </c>
       <c r="D134" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E134" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B135" s="6" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="C135" s="6">
         <v>56</v>
       </c>
       <c r="E135" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="6" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B136" s="6" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="C136" s="6">
         <v>56</v>
       </c>
       <c r="E136" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="6" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="B137" s="6" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="C137" s="6">
         <v>86</v>
       </c>
+      <c r="D137" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E137" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="6" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="B138" s="6" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C138" s="6">
         <v>86</v>
       </c>
       <c r="D138" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E138" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="6" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="B139" s="6" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="C139" s="6">
         <v>86</v>
       </c>
       <c r="D139" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E139" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="6" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B140" s="6" t="s">
-        <v>37</v>
+        <v>185</v>
       </c>
       <c r="C140" s="6">
         <v>57</v>
       </c>
       <c r="D140" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E140" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="6" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B141" s="6" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="C141" s="6">
         <v>57</v>
       </c>
       <c r="D141" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E141" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="6" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B142" s="6" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="C142" s="6">
         <v>57</v>
       </c>
       <c r="D142" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E142" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="6" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B143" s="6" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="C143" s="6">
         <v>57</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E143" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="6" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="B144" s="6" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="C144" s="6">
         <v>57</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E144" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="6" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="B145" s="6" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="C145" s="6">
         <v>269</v>
       </c>
       <c r="E145" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="6" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="B146" s="6" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="C146" s="6">
         <v>242</v>
       </c>
       <c r="D146" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E146" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="6" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="B147" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C147" s="6">
         <v>242</v>
       </c>
       <c r="E147" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="6" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="B148" s="6" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="C148" s="6">
         <v>242</v>
       </c>
       <c r="D148" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E148" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="6" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B149" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C149" s="6">
         <v>243</v>
       </c>
       <c r="E149" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="6" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B150" s="6" t="s">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="C150" s="6">
         <v>243</v>
       </c>
       <c r="E150" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="6" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B151" s="6" t="s">
-        <v>104</v>
+        <v>197</v>
       </c>
       <c r="C151" s="6">
         <v>243</v>
       </c>
       <c r="E151" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="6" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="B152" s="6" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="C152" s="6">
         <v>243</v>
       </c>
       <c r="E152" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="6" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="B153" s="6" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="C153" s="6">
         <v>682</v>
       </c>
       <c r="D153" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E153" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="6" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B154" s="6" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="C154" s="6">
         <v>506</v>
       </c>
       <c r="E154" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="6" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B155" s="6" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="C155" s="6">
         <v>506</v>
       </c>
+      <c r="D155" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E155" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="6" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B156" s="6" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="C156" s="6">
         <v>506</v>
       </c>
       <c r="E156" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="6" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="B157" s="6" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="C157" s="6">
         <v>385</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E157" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="6" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="B158" s="6" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="C158" s="6">
         <v>385</v>
       </c>
       <c r="E158" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="6" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="B159" s="6" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C159" s="6">
         <v>385</v>
       </c>
       <c r="D159" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E159" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="6" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="B160" s="6" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="C160" s="6">
         <v>53</v>
       </c>
+      <c r="D160" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E160" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="6" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="B161" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C161" s="6">
         <v>599</v>
       </c>
       <c r="E161" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="6" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="B162" s="6" t="s">
-        <v>196</v>
+        <v>213</v>
       </c>
       <c r="C162" s="6">
         <v>599</v>
       </c>
       <c r="E162" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="6" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="B163" s="6" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="C163" s="6">
         <v>357</v>
       </c>
       <c r="E163" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="6" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="B164" s="6" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="C164" s="6">
         <v>357</v>
       </c>
       <c r="E164" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="6" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="B165" s="6" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="C165" s="6">
         <v>357</v>
       </c>
       <c r="E165" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="6" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B166" s="6" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="C166" s="6">
         <v>420</v>
       </c>
       <c r="E166" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="6" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B167" s="6" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="C167" s="6">
         <v>420</v>
       </c>
       <c r="E167" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="6" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="B168" s="6" t="s">
-        <v>203</v>
+        <v>221</v>
       </c>
       <c r="C168" s="6">
         <v>420</v>
       </c>
       <c r="E168" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B169" s="6" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="C169" s="6">
         <v>45</v>
       </c>
       <c r="E169" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B170" s="6" t="s">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="C170" s="6">
         <v>45</v>
       </c>
       <c r="E170" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B171" s="6" t="s">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="C171" s="6">
         <v>45</v>
       </c>
       <c r="E171" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B172" s="6" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="C172" s="6">
         <v>45</v>
       </c>
       <c r="E172" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B173" s="6" t="s">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="C173" s="6">
         <v>45</v>
       </c>
       <c r="E173" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B174" s="6" t="s">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="C174" s="6">
         <v>45</v>
       </c>
       <c r="E174" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B175" s="6" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="C175" s="6">
         <v>45</v>
       </c>
       <c r="E175" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B176" s="6" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="C176" s="6">
         <v>45</v>
       </c>
       <c r="E176" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B177" s="6" t="s">
-        <v>213</v>
+        <v>231</v>
       </c>
       <c r="C177" s="6">
         <v>45</v>
       </c>
       <c r="E177" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B178" s="6" t="s">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="C178" s="6">
         <v>45</v>
       </c>
       <c r="E178" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B179" s="6" t="s">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="C179" s="6">
         <v>45</v>
       </c>
       <c r="E179" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B180" s="6" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="C180" s="6">
         <v>45</v>
       </c>
       <c r="E180" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B181" s="6" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="C181" s="6">
         <v>45</v>
       </c>
       <c r="E181" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B182" s="6" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="C182" s="6">
         <v>45</v>
       </c>
       <c r="E182" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B183" s="6" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="C183" s="6">
         <v>45</v>
       </c>
       <c r="E183" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B184" s="6" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="C184" s="6">
         <v>45</v>
       </c>
       <c r="E184" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B185" s="6" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="C185" s="6">
         <v>45</v>
       </c>
       <c r="E185" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B186" s="6" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="C186" s="6">
         <v>45</v>
       </c>
       <c r="E186" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B187" s="6" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="C187" s="6">
         <v>45</v>
       </c>
       <c r="E187" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B188" s="6" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="C188" s="6">
         <v>45</v>
       </c>
       <c r="E188" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B189" s="6" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="C189" s="6">
         <v>45</v>
       </c>
       <c r="E189" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B190" s="6" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="C190" s="6">
         <v>45</v>
       </c>
       <c r="E190" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B191" s="6" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="C191" s="6">
         <v>45</v>
       </c>
       <c r="E191" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B192" s="6" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="C192" s="6">
         <v>45</v>
       </c>
       <c r="E192" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B193" s="6" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="C193" s="6">
         <v>45</v>
       </c>
       <c r="E193" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B194" s="6" t="s">
-        <v>230</v>
+        <v>248</v>
       </c>
       <c r="C194" s="6">
         <v>45</v>
       </c>
       <c r="E194" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B195" s="6" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="C195" s="6">
         <v>45</v>
       </c>
       <c r="E195" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B196" s="6" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="C196" s="6">
         <v>45</v>
       </c>
       <c r="E196" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B197" s="6" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="C197" s="6">
         <v>45</v>
       </c>
       <c r="E197" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B198" s="6" t="s">
-        <v>234</v>
+        <v>252</v>
       </c>
       <c r="C198" s="6">
         <v>45</v>
       </c>
       <c r="E198" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B199" s="6" t="s">
-        <v>235</v>
+        <v>253</v>
       </c>
       <c r="C199" s="6">
         <v>45</v>
       </c>
       <c r="E199" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B200" s="6" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="C200" s="6">
         <v>45</v>
       </c>
       <c r="E200" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B201" s="6" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
       <c r="C201" s="6">
         <v>45</v>
       </c>
       <c r="E201" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B202" s="6" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="C202" s="6">
         <v>45</v>
       </c>
       <c r="E202" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B203" s="6" t="s">
-        <v>239</v>
+        <v>257</v>
       </c>
       <c r="C203" s="6">
         <v>45</v>
       </c>
       <c r="E203" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B204" s="6" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="C204" s="6">
         <v>45</v>
       </c>
       <c r="E204" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B205" s="6" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="C205" s="6">
         <v>45</v>
       </c>
       <c r="E205" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B206" s="6" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="C206" s="6">
         <v>45</v>
       </c>
       <c r="E206" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B207" s="6" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="C207" s="6">
         <v>45</v>
       </c>
       <c r="E207" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B208" s="6" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="C208" s="6">
         <v>45</v>
       </c>
       <c r="E208" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B209" s="6" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="C209" s="6">
         <v>45</v>
       </c>
       <c r="E209" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B210" s="6" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="C210" s="6">
         <v>45</v>
       </c>
       <c r="E210" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B211" s="6" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="C211" s="6">
         <v>45</v>
       </c>
       <c r="E211" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B212" s="6" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="C212" s="6">
         <v>45</v>
       </c>
       <c r="E212" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B213" s="6" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="C213" s="6">
         <v>45</v>
       </c>
       <c r="E213" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B214" s="6" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="C214" s="6">
         <v>45</v>
       </c>
       <c r="E214" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B215" s="6" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
       <c r="C215" s="6">
         <v>45</v>
       </c>
       <c r="E215" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B216" s="6" t="s">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="C216" s="6">
         <v>45</v>
       </c>
       <c r="E216" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B217" s="6" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c r="C217" s="6">
         <v>45</v>
       </c>
       <c r="E217" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B218" s="6" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="C218" s="6">
         <v>45</v>
       </c>
       <c r="E218" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B219" s="6" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="C219" s="6">
         <v>45</v>
       </c>
       <c r="E219" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B220" s="6" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="C220" s="6">
         <v>45</v>
       </c>
       <c r="E220" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B221" s="6" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="C221" s="6">
         <v>45</v>
       </c>
       <c r="E221" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B222" s="6" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
       <c r="C222" s="6">
         <v>45</v>
       </c>
       <c r="E222" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B223" s="6" t="s">
-        <v>259</v>
+        <v>277</v>
       </c>
       <c r="C223" s="6">
         <v>45</v>
       </c>
       <c r="E223" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B224" s="6" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="C224" s="6">
         <v>45</v>
       </c>
       <c r="E224" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B225" s="6" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="C225" s="6">
         <v>45</v>
       </c>
       <c r="E225" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B226" s="6" t="s">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="C226" s="6">
         <v>45</v>
       </c>
       <c r="E226" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B227" s="6" t="s">
-        <v>263</v>
+        <v>281</v>
       </c>
       <c r="C227" s="6">
         <v>45</v>
       </c>
       <c r="E227" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B228" s="6" t="s">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="C228" s="6">
         <v>45</v>
       </c>
       <c r="E228" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B229" s="6" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="C229" s="6">
         <v>45</v>
       </c>
       <c r="E229" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B230" s="6" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="C230" s="6">
         <v>45</v>
       </c>
       <c r="E230" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B231" s="6" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="C231" s="6">
         <v>45</v>
       </c>
       <c r="E231" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B232" s="6" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="C232" s="6">
         <v>45</v>
       </c>
       <c r="E232" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B233" s="6" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="C233" s="6">
         <v>45</v>
       </c>
       <c r="E233" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B234" s="6" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="C234" s="6">
         <v>45</v>
       </c>
       <c r="E234" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B235" s="6" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="C235" s="6">
         <v>45</v>
       </c>
       <c r="E235" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="6" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B236" s="6" t="s">
-        <v>272</v>
+        <v>290</v>
       </c>
       <c r="C236" s="6">
         <v>45</v>
       </c>
       <c r="E236" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="6" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="B237" s="6" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="C237" s="6">
         <v>253</v>
       </c>
       <c r="E237" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="6" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B238" s="6" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="C238" s="6">
         <v>1767</v>
       </c>
       <c r="E238" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="6" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B239" s="6" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="C239" s="6">
         <v>1767</v>
       </c>
       <c r="E239" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="6" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B240" s="6" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="C240" s="6">
         <v>1809</v>
       </c>
       <c r="E240" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="6" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B241" s="6" t="s">
-        <v>96</v>
+        <v>297</v>
       </c>
       <c r="C241" s="6">
         <v>1809</v>
       </c>
       <c r="E241" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="6" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B242" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C242" s="6">
         <v>1809</v>
       </c>
       <c r="E242" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="6" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="B243" s="6" t="s">
-        <v>37</v>
+        <v>300</v>
       </c>
       <c r="C243" s="6">
         <v>593</v>
       </c>
       <c r="E243" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="6" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="B244" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C244" s="6">
         <v>593</v>
       </c>
+      <c r="D244" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E244" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="6" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="B245" s="6" t="s">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="C245" s="6">
         <v>593</v>
       </c>
       <c r="E245" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="6" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B246" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C246" s="6">
         <v>20</v>
       </c>
       <c r="E246" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="6" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B247" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C247" s="6">
         <v>20</v>
       </c>
-      <c r="D247" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E247" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="6" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B248" s="6" t="s">
-        <v>282</v>
+        <v>303</v>
       </c>
       <c r="C248" s="6">
         <v>20</v>
       </c>
+      <c r="D248" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E248" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="6" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B249" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C249" s="6">
         <v>503</v>
       </c>
       <c r="E249" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="6" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B250" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C250" s="6">
         <v>503</v>
       </c>
       <c r="E250" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="6" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B251" s="6" t="s">
-        <v>37</v>
+        <v>300</v>
       </c>
       <c r="C251" s="6">
         <v>503</v>
       </c>
       <c r="D251" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E251" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="6" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B252" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C252" s="6">
         <v>503</v>
       </c>
       <c r="E252" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="6" t="s">
-        <v>284</v>
+        <v>305</v>
       </c>
       <c r="B253" s="6" t="s">
-        <v>285</v>
+        <v>306</v>
       </c>
       <c r="C253" s="6">
         <v>240</v>
       </c>
       <c r="E253" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="6" t="s">
-        <v>284</v>
+        <v>305</v>
       </c>
       <c r="B254" s="6" t="s">
-        <v>286</v>
+        <v>307</v>
       </c>
       <c r="C254" s="6">
         <v>240</v>
       </c>
       <c r="E254" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="6" t="s">
-        <v>287</v>
+        <v>308</v>
       </c>
       <c r="B255" s="6" t="s">
-        <v>288</v>
+        <v>309</v>
       </c>
       <c r="C255" s="6">
         <v>291</v>
       </c>
       <c r="E255" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="6" t="s">
-        <v>289</v>
+        <v>310</v>
       </c>
       <c r="B256" s="6" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="C256" s="6">
         <v>372</v>
       </c>
       <c r="E256" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="6" t="s">
-        <v>289</v>
+        <v>310</v>
       </c>
       <c r="B257" s="6" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="C257" s="6">
         <v>372</v>
       </c>
       <c r="E257" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="6" t="s">
-        <v>289</v>
+        <v>310</v>
       </c>
       <c r="B258" s="6" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="C258" s="6">
         <v>372</v>
       </c>
       <c r="E258" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="6" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="B259" s="6" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C259" s="6">
         <v>251</v>
       </c>
       <c r="D259" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E259" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="6" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="B260" s="6" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C260" s="6">
         <v>500</v>
       </c>
       <c r="E260" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="6" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="B261" s="6" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="C261" s="6">
         <v>298</v>
       </c>
       <c r="E261" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="6" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="B262" s="6" t="s">
-        <v>298</v>
+        <v>319</v>
       </c>
       <c r="C262" s="6">
         <v>298</v>
       </c>
       <c r="E262" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="6" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="B263" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C263" s="6">
         <v>679</v>
       </c>
       <c r="E263" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="6" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="B264" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C264" s="6">
         <v>679</v>
       </c>
       <c r="E264" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="6" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="B265" s="6" t="s">
-        <v>301</v>
+        <v>322</v>
       </c>
       <c r="C265" s="6">
         <v>358</v>
       </c>
       <c r="E265" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="6" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="B266" s="6" t="s">
-        <v>302</v>
+        <v>323</v>
       </c>
       <c r="C266" s="6">
         <v>358</v>
       </c>
       <c r="D266" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E266" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="6" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="B267" s="6" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="C267" s="6">
         <v>358</v>
       </c>
       <c r="E267" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="6" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="B268" s="6" t="s">
-        <v>303</v>
+        <v>324</v>
       </c>
       <c r="C268" s="6">
         <v>358</v>
       </c>
       <c r="E268" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B269" s="6" t="s">
-        <v>305</v>
+        <v>326</v>
       </c>
       <c r="C269" s="6">
         <v>33</v>
       </c>
+      <c r="D269" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E269" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B270" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C270" s="6">
         <v>33</v>
       </c>
       <c r="E270" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B271" s="6" t="s">
-        <v>306</v>
+        <v>327</v>
       </c>
       <c r="C271" s="6">
         <v>33</v>
       </c>
       <c r="E271" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B272" s="6" t="s">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="C272" s="6">
         <v>33</v>
       </c>
       <c r="E272" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B273" s="6" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
       <c r="C273" s="6">
         <v>33</v>
       </c>
       <c r="E273" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B274" s="6" t="s">
-        <v>308</v>
+        <v>330</v>
       </c>
       <c r="C274" s="6">
         <v>33</v>
       </c>
       <c r="E274" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B275" s="6" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="C275" s="6">
         <v>33</v>
       </c>
       <c r="E275" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B276" s="6" t="s">
-        <v>309</v>
+        <v>331</v>
       </c>
       <c r="C276" s="6">
         <v>33</v>
       </c>
       <c r="E276" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B277" s="6" t="s">
-        <v>310</v>
+        <v>332</v>
       </c>
       <c r="C277" s="6">
         <v>33</v>
       </c>
       <c r="E277" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="6" t="s">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B278" s="6" t="s">
-        <v>311</v>
+        <v>333</v>
       </c>
       <c r="C278" s="6">
         <v>33</v>
       </c>
       <c r="E278" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="6" t="s">
-        <v>312</v>
+        <v>334</v>
       </c>
       <c r="B279" s="6" t="s">
-        <v>313</v>
+        <v>335</v>
       </c>
       <c r="E279" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="6" t="s">
-        <v>312</v>
+        <v>334</v>
       </c>
       <c r="B280" s="6" t="s">
-        <v>314</v>
+        <v>336</v>
       </c>
       <c r="E280" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="6" t="s">
-        <v>312</v>
+        <v>334</v>
       </c>
       <c r="B281" s="6" t="s">
-        <v>315</v>
+        <v>337</v>
       </c>
       <c r="E281" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="6" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="B282" s="6" t="s">
-        <v>317</v>
+        <v>339</v>
       </c>
       <c r="C282" s="6">
         <v>689</v>
       </c>
       <c r="E282" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="6" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="B283" s="6" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="C283" s="6">
         <v>689</v>
       </c>
       <c r="D283" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E283" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="6" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="B284" s="6" t="s">
-        <v>320</v>
+        <v>342</v>
       </c>
       <c r="C284" s="6">
         <v>241</v>
       </c>
       <c r="D284" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E284" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="6" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="B285" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C285" s="6">
         <v>241</v>
       </c>
       <c r="E285" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="6" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="B286" s="6" t="s">
-        <v>321</v>
+        <v>343</v>
       </c>
       <c r="C286" s="6">
         <v>241</v>
       </c>
       <c r="E286" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="6" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="B287" s="6" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="C287" s="6">
         <v>220</v>
       </c>
       <c r="D287" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E287" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="6" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="B288" s="6" t="s">
-        <v>184</v>
+        <v>346</v>
       </c>
       <c r="C288" s="6">
         <v>220</v>
       </c>
       <c r="E288" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="6" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="B289" s="6" t="s">
-        <v>324</v>
+        <v>347</v>
       </c>
       <c r="C289" s="6">
         <v>220</v>
       </c>
       <c r="E289" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="6" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="B290" s="6" t="s">
-        <v>325</v>
+        <v>348</v>
       </c>
       <c r="C290" s="6">
         <v>220</v>
       </c>
       <c r="E290" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="6" t="s">
-        <v>326</v>
+        <v>349</v>
       </c>
       <c r="B291" s="6" t="s">
-        <v>327</v>
+        <v>350</v>
       </c>
       <c r="C291" s="6">
         <v>995</v>
       </c>
       <c r="D291" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E291" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="6" t="s">
-        <v>326</v>
+        <v>349</v>
       </c>
       <c r="B292" s="6" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="C292" s="6">
         <v>995</v>
       </c>
       <c r="E292" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="6" t="s">
-        <v>326</v>
+        <v>349</v>
       </c>
       <c r="B293" s="6" t="s">
-        <v>329</v>
+        <v>352</v>
       </c>
       <c r="C293" s="6">
         <v>995</v>
       </c>
       <c r="E293" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B294" s="6" t="s">
-        <v>47</v>
+        <v>354</v>
       </c>
       <c r="C294" s="6">
         <v>49</v>
       </c>
       <c r="E294" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B295" s="6" t="s">
-        <v>331</v>
+        <v>355</v>
       </c>
       <c r="C295" s="6">
         <v>49</v>
       </c>
       <c r="E295" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B296" s="6" t="s">
-        <v>202</v>
+        <v>356</v>
       </c>
       <c r="C296" s="6">
         <v>49</v>
       </c>
       <c r="E296" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B297" s="6" t="s">
-        <v>332</v>
+        <v>357</v>
       </c>
       <c r="C297" s="6">
         <v>49</v>
       </c>
       <c r="E297" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B298" s="6" t="s">
-        <v>333</v>
+        <v>358</v>
       </c>
       <c r="C298" s="6">
         <v>49</v>
       </c>
       <c r="E298" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="6" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B299" s="6" t="s">
-        <v>82</v>
+        <v>359</v>
       </c>
       <c r="C299" s="6">
         <v>49</v>
       </c>
       <c r="D299" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E299" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="6" t="s">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="B300" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C300" s="6">
         <v>233</v>
       </c>
       <c r="D300" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E300" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="6" t="s">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="B301" s="6" t="s">
-        <v>335</v>
+        <v>361</v>
       </c>
       <c r="C301" s="6">
         <v>233</v>
       </c>
       <c r="D301" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E301" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="6" t="s">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="B302" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C302" s="6">
         <v>233</v>
       </c>
-      <c r="D302" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E302" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="6" t="s">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="B303" s="6" t="s">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="C303" s="6">
         <v>233</v>
       </c>
       <c r="D303" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E303" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="6" t="s">
-        <v>337</v>
+        <v>363</v>
       </c>
       <c r="B304" s="6" t="s">
-        <v>338</v>
+        <v>364</v>
       </c>
       <c r="C304" s="6">
         <v>350</v>
       </c>
       <c r="E304" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="6" t="s">
-        <v>339</v>
+        <v>365</v>
       </c>
       <c r="B305" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C305" s="6">
         <v>30</v>
       </c>
       <c r="E305" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="6" t="s">
-        <v>339</v>
+        <v>365</v>
       </c>
       <c r="B306" s="6" t="s">
-        <v>340</v>
+        <v>366</v>
       </c>
       <c r="C306" s="6">
         <v>30</v>
       </c>
       <c r="E306" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="6" t="s">
-        <v>339</v>
+        <v>365</v>
       </c>
       <c r="B307" s="6" t="s">
-        <v>341</v>
+        <v>367</v>
       </c>
       <c r="C307" s="6">
         <v>30</v>
       </c>
       <c r="D307" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E307" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="6" t="s">
-        <v>342</v>
+        <v>368</v>
       </c>
       <c r="B308" s="6" t="s">
-        <v>343</v>
+        <v>369</v>
       </c>
       <c r="C308" s="6">
         <v>299</v>
       </c>
       <c r="E308" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="6" t="s">
-        <v>344</v>
+        <v>370</v>
       </c>
       <c r="B309" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C309" s="6">
         <v>1473</v>
       </c>
       <c r="E309" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="6" t="s">
-        <v>344</v>
+        <v>370</v>
       </c>
       <c r="B310" s="6" t="s">
-        <v>71</v>
+        <v>371</v>
       </c>
       <c r="C310" s="6">
         <v>1473</v>
       </c>
       <c r="E310" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="6" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="B311" s="6" t="s">
-        <v>346</v>
+        <v>373</v>
       </c>
       <c r="E311" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="6" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="B312" s="6" t="s">
-        <v>347</v>
+        <v>374</v>
       </c>
       <c r="E312" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="6" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="B313" s="6" t="s">
-        <v>348</v>
+        <v>375</v>
       </c>
       <c r="E313" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="6" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="B314" s="6" t="s">
-        <v>306</v>
+        <v>327</v>
       </c>
       <c r="E314" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="6" t="s">
-        <v>345</v>
+        <v>372</v>
       </c>
       <c r="B315" s="6" t="s">
-        <v>349</v>
+        <v>376</v>
       </c>
       <c r="E315" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="6" t="s">
-        <v>350</v>
+        <v>377</v>
       </c>
       <c r="B316" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C316" s="6">
         <v>502</v>
       </c>
       <c r="E316" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="6" t="s">
-        <v>350</v>
+        <v>377</v>
       </c>
       <c r="B317" s="6" t="s">
-        <v>351</v>
+        <v>378</v>
       </c>
       <c r="C317" s="6">
         <v>502</v>
       </c>
       <c r="E317" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="6" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="B318" s="6" t="s">
-        <v>353</v>
+        <v>380</v>
       </c>
       <c r="C318" s="6">
         <v>44</v>
       </c>
       <c r="E318" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="6" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="B319" s="6" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="C319" s="6">
         <v>44</v>
       </c>
       <c r="E319" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="6" t="s">
-        <v>355</v>
+        <v>382</v>
       </c>
       <c r="B320" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C320" s="6">
         <v>224</v>
       </c>
       <c r="E320" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="6" t="s">
-        <v>355</v>
+        <v>382</v>
       </c>
       <c r="B321" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C321" s="6">
         <v>224</v>
       </c>
       <c r="E321" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="6" t="s">
-        <v>355</v>
+        <v>382</v>
       </c>
       <c r="B322" s="6" t="s">
-        <v>356</v>
+        <v>383</v>
       </c>
       <c r="C322" s="6">
         <v>224</v>
       </c>
       <c r="E322" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="6" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="B323" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C323" s="6">
         <v>245</v>
       </c>
       <c r="E323" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="6" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="B324" s="6" t="s">
-        <v>358</v>
+        <v>385</v>
       </c>
       <c r="C324" s="6">
         <v>245</v>
       </c>
       <c r="E324" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="6" t="s">
-        <v>359</v>
+        <v>386</v>
       </c>
       <c r="B325" s="6" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
       <c r="C325" s="6">
         <v>592</v>
       </c>
       <c r="D325" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E325" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="6" t="s">
-        <v>359</v>
+        <v>386</v>
       </c>
       <c r="B326" s="6" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="C326" s="6">
         <v>592</v>
       </c>
       <c r="D326" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E326" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="6" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="B327" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C327" s="6">
         <v>509</v>
       </c>
       <c r="E327" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="6" t="s">
-        <v>362</v>
+        <v>389</v>
       </c>
       <c r="B328" s="6" t="s">
-        <v>363</v>
+        <v>390</v>
       </c>
       <c r="C328" s="6">
         <v>509</v>
       </c>
       <c r="D328" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E328" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="6" t="s">
-        <v>364</v>
+        <v>391</v>
       </c>
       <c r="B329" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C329" s="6">
         <v>504</v>
       </c>
       <c r="D329" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E329" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="6" t="s">
-        <v>364</v>
+        <v>391</v>
       </c>
       <c r="B330" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C330" s="6">
         <v>504</v>
       </c>
       <c r="E330" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="6" t="s">
-        <v>364</v>
+        <v>391</v>
       </c>
       <c r="B331" s="6" t="s">
-        <v>365</v>
+        <v>392</v>
       </c>
       <c r="C331" s="6">
         <v>504</v>
       </c>
       <c r="D331" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E331" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="6" t="s">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B332" s="6" t="s">
-        <v>367</v>
+        <v>394</v>
       </c>
       <c r="C332" s="6">
         <v>852</v>
       </c>
       <c r="E332" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="6" t="s">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B333" s="6" t="s">
-        <v>368</v>
+        <v>395</v>
       </c>
       <c r="C333" s="6">
         <v>852</v>
       </c>
       <c r="E333" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="6" t="s">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B334" s="6" t="s">
-        <v>369</v>
+        <v>396</v>
       </c>
       <c r="C334" s="6">
         <v>852</v>
       </c>
       <c r="E334" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="6" t="s">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B335" s="6" t="s">
-        <v>370</v>
+        <v>397</v>
       </c>
       <c r="C335" s="6">
         <v>852</v>
       </c>
       <c r="E335" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="6" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="B336" s="6" t="s">
-        <v>372</v>
+        <v>399</v>
       </c>
       <c r="C336" s="6">
         <v>36</v>
       </c>
       <c r="E336" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="6" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="B337" s="6" t="s">
-        <v>373</v>
+        <v>400</v>
       </c>
       <c r="C337" s="6">
         <v>36</v>
       </c>
       <c r="E337" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="6" t="s">
-        <v>371</v>
+        <v>398</v>
       </c>
       <c r="B338" s="6" t="s">
-        <v>374</v>
+        <v>401</v>
       </c>
       <c r="C338" s="6">
         <v>36</v>
       </c>
       <c r="D338" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E338" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="6" t="s">
-        <v>375</v>
+        <v>402</v>
       </c>
       <c r="B339" s="6" t="s">
-        <v>376</v>
+        <v>403</v>
       </c>
       <c r="C339" s="6">
         <v>354</v>
       </c>
       <c r="E339" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="6" t="s">
-        <v>375</v>
+        <v>402</v>
       </c>
       <c r="B340" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C340" s="6">
         <v>354</v>
       </c>
       <c r="E340" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="6" t="s">
-        <v>375</v>
+        <v>402</v>
       </c>
       <c r="B341" s="6" t="s">
-        <v>377</v>
+        <v>404</v>
       </c>
       <c r="C341" s="6">
         <v>354</v>
       </c>
+      <c r="D341" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E341" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="6" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B342" s="6" t="s">
-        <v>379</v>
+        <v>406</v>
       </c>
       <c r="C342" s="6">
         <v>91</v>
       </c>
+      <c r="D342" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E342" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="6" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B343" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C343" s="6">
         <v>91</v>
       </c>
+      <c r="D343" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E343" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="6" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B344" s="6" t="s">
-        <v>380</v>
+        <v>50</v>
       </c>
       <c r="C344" s="6">
         <v>91</v>
       </c>
       <c r="E344" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="6" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B345" s="6" t="s">
-        <v>381</v>
+        <v>407</v>
       </c>
       <c r="C345" s="6">
         <v>91</v>
       </c>
       <c r="E345" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="6" t="s">
-        <v>378</v>
+        <v>405</v>
       </c>
       <c r="B346" s="6" t="s">
-        <v>382</v>
+        <v>408</v>
       </c>
       <c r="C346" s="6">
         <v>91</v>
       </c>
       <c r="E346" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="6" t="s">
-        <v>383</v>
+        <v>409</v>
       </c>
       <c r="B347" s="6" t="s">
-        <v>384</v>
+        <v>410</v>
       </c>
       <c r="C347" s="6">
         <v>62</v>
       </c>
       <c r="E347" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="6" t="s">
-        <v>383</v>
+        <v>409</v>
       </c>
       <c r="B348" s="6" t="s">
-        <v>385</v>
+        <v>411</v>
       </c>
       <c r="C348" s="6">
         <v>62</v>
       </c>
       <c r="E348" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="6" t="s">
-        <v>383</v>
+        <v>409</v>
       </c>
       <c r="B349" s="6" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="C349" s="6">
         <v>62</v>
       </c>
-      <c r="E349" s="6" t="s">
-        <v>26</v>
+      <c r="E349" s="11" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="6" t="s">
-        <v>383</v>
+        <v>409</v>
       </c>
       <c r="B350" s="6" t="s">
-        <v>387</v>
+        <v>413</v>
       </c>
       <c r="C350" s="6">
         <v>62</v>
       </c>
       <c r="E350" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="6" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B351" s="6" t="s">
-        <v>389</v>
+        <v>415</v>
       </c>
       <c r="C351" s="6">
         <v>98</v>
       </c>
       <c r="D351" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E351" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="6" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B352" s="6" t="s">
-        <v>390</v>
+        <v>416</v>
       </c>
       <c r="C352" s="6">
         <v>98</v>
       </c>
       <c r="D352" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E352" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="6" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B353" s="6" t="s">
-        <v>391</v>
+        <v>417</v>
       </c>
       <c r="C353" s="6">
         <v>98</v>
       </c>
       <c r="D353" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E353" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="6" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B354" s="6" t="s">
-        <v>392</v>
+        <v>418</v>
       </c>
       <c r="C354" s="6">
         <v>98</v>
       </c>
       <c r="D354" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E354" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="6" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B355" s="6" t="s">
-        <v>393</v>
+        <v>419</v>
       </c>
       <c r="C355" s="6">
         <v>98</v>
       </c>
       <c r="E355" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="6" t="s">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="B356" s="6" t="s">
-        <v>395</v>
+        <v>421</v>
       </c>
       <c r="C356" s="6">
         <v>964</v>
       </c>
       <c r="D356" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E356" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="6" t="s">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="B357" s="6" t="s">
-        <v>61</v>
+        <v>422</v>
       </c>
       <c r="C357" s="6">
         <v>964</v>
       </c>
       <c r="D357" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E357" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="6" t="s">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="B358" s="6" t="s">
-        <v>396</v>
+        <v>423</v>
       </c>
       <c r="C358" s="6">
         <v>964</v>
       </c>
       <c r="E358" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="6" t="s">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="B359" s="6" t="s">
-        <v>397</v>
+        <v>424</v>
       </c>
       <c r="C359" s="6">
         <v>964</v>
       </c>
       <c r="D359" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E359" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="6" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B360" s="6" t="s">
-        <v>399</v>
+        <v>426</v>
       </c>
       <c r="C360" s="6">
         <v>353</v>
       </c>
       <c r="E360" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="6" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B361" s="6" t="s">
-        <v>400</v>
+        <v>427</v>
       </c>
       <c r="C361" s="6">
         <v>353</v>
       </c>
       <c r="E361" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="6" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B362" s="6" t="s">
-        <v>401</v>
+        <v>428</v>
       </c>
       <c r="C362" s="6">
         <v>353</v>
       </c>
       <c r="E362" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="6" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B363" s="6" t="s">
-        <v>402</v>
+        <v>429</v>
       </c>
       <c r="C363" s="6">
         <v>353</v>
       </c>
       <c r="E363" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="6" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B364" s="6" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
       <c r="C364" s="6">
         <v>353</v>
       </c>
       <c r="E364" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="6" t="s">
-        <v>403</v>
+        <v>430</v>
       </c>
       <c r="B365" s="6" t="s">
-        <v>404</v>
+        <v>431</v>
       </c>
       <c r="C365" s="6">
         <v>44</v>
       </c>
       <c r="E365" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="6" t="s">
-        <v>403</v>
+        <v>430</v>
       </c>
       <c r="B366" s="6" t="s">
-        <v>405</v>
+        <v>432</v>
       </c>
       <c r="C366" s="6">
         <v>44</v>
       </c>
       <c r="E366" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B367" s="6" t="s">
-        <v>356</v>
+        <v>383</v>
       </c>
       <c r="C367" s="6">
         <v>972</v>
       </c>
       <c r="E367" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B368" s="6" t="s">
-        <v>407</v>
+        <v>434</v>
       </c>
       <c r="C368" s="6">
         <v>972</v>
       </c>
-      <c r="D368" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E368" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B369" s="6" t="s">
-        <v>408</v>
+        <v>435</v>
       </c>
       <c r="C369" s="6">
         <v>972</v>
       </c>
       <c r="E369" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B370" s="6" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
       <c r="C370" s="6">
         <v>972</v>
       </c>
       <c r="E370" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B371" s="6" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="C371" s="6">
         <v>972</v>
       </c>
       <c r="E371" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B372" s="6" t="s">
-        <v>411</v>
+        <v>438</v>
       </c>
       <c r="C372" s="6">
         <v>972</v>
       </c>
-      <c r="D372" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E372" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B373" s="6" t="s">
-        <v>412</v>
+        <v>439</v>
       </c>
       <c r="C373" s="6">
         <v>972</v>
       </c>
       <c r="E373" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B374" s="6" t="s">
-        <v>413</v>
+        <v>440</v>
       </c>
       <c r="C374" s="6">
         <v>972</v>
       </c>
       <c r="E374" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B375" s="6" t="s">
-        <v>414</v>
+        <v>441</v>
       </c>
       <c r="C375" s="6">
         <v>972</v>
       </c>
       <c r="E375" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B376" s="6" t="s">
-        <v>415</v>
+        <v>442</v>
       </c>
       <c r="C376" s="6">
         <v>972</v>
       </c>
       <c r="E376" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="6" t="s">
-        <v>406</v>
+        <v>433</v>
       </c>
       <c r="B377" s="6" t="s">
-        <v>416</v>
+        <v>443</v>
       </c>
       <c r="C377" s="6">
         <v>972</v>
       </c>
-      <c r="D377" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E377" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B378" s="6" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
       <c r="C378" s="6">
         <v>39</v>
       </c>
       <c r="E378" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B379" s="6" t="s">
-        <v>419</v>
+        <v>446</v>
       </c>
       <c r="C379" s="6">
         <v>39</v>
       </c>
       <c r="E379" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B380" s="6" t="s">
-        <v>420</v>
+        <v>447</v>
       </c>
       <c r="C380" s="6">
         <v>39</v>
       </c>
       <c r="E380" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B381" s="6" t="s">
-        <v>421</v>
+        <v>448</v>
       </c>
       <c r="C381" s="6">
         <v>39</v>
       </c>
       <c r="E381" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B382" s="6" t="s">
-        <v>422</v>
+        <v>449</v>
       </c>
       <c r="C382" s="6">
         <v>39</v>
       </c>
       <c r="E382" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="6" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="B383" s="6" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
       <c r="C383" s="6">
         <v>39</v>
       </c>
       <c r="E383" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="6" t="s">
-        <v>423</v>
+        <v>450</v>
       </c>
       <c r="B384" s="6" t="s">
-        <v>104</v>
+        <v>451</v>
       </c>
       <c r="D384" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E384" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="6" t="s">
-        <v>423</v>
+        <v>450</v>
       </c>
       <c r="B385" s="6" t="s">
-        <v>424</v>
+        <v>452</v>
       </c>
       <c r="D385" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E385" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="6" t="s">
-        <v>423</v>
+        <v>450</v>
       </c>
       <c r="B386" s="6" t="s">
-        <v>87</v>
+        <v>453</v>
       </c>
       <c r="D386" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E386" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="6" t="s">
-        <v>425</v>
+        <v>454</v>
       </c>
       <c r="B387" s="6" t="s">
-        <v>426</v>
+        <v>455</v>
       </c>
       <c r="C387" s="6">
         <v>1876</v>
       </c>
       <c r="E387" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="6" t="s">
-        <v>425</v>
+        <v>454</v>
       </c>
       <c r="B388" s="6" t="s">
-        <v>427</v>
+        <v>456</v>
       </c>
       <c r="C388" s="6">
         <v>1876</v>
       </c>
       <c r="D388" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E388" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="6" t="s">
-        <v>428</v>
+        <v>457</v>
       </c>
       <c r="B389" s="6" t="s">
-        <v>429</v>
+        <v>458</v>
       </c>
       <c r="C389" s="6">
         <v>81</v>
       </c>
       <c r="E389" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="6" t="s">
-        <v>428</v>
+        <v>457</v>
       </c>
       <c r="B390" s="6" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="C390" s="6">
         <v>81</v>
       </c>
       <c r="E390" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="6" t="s">
-        <v>428</v>
+        <v>457</v>
       </c>
       <c r="B391" s="6" t="s">
-        <v>431</v>
+        <v>460</v>
       </c>
       <c r="C391" s="6">
         <v>81</v>
       </c>
       <c r="E391" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="6" t="s">
-        <v>428</v>
+        <v>457</v>
       </c>
       <c r="B392" s="6" t="s">
-        <v>432</v>
+        <v>461</v>
       </c>
       <c r="C392" s="6">
         <v>81</v>
       </c>
       <c r="E392" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="6" t="s">
-        <v>433</v>
+        <v>462</v>
       </c>
       <c r="B393" s="6" t="s">
-        <v>434</v>
+        <v>463</v>
       </c>
       <c r="C393" s="6">
         <v>44</v>
       </c>
       <c r="E393" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="6" t="s">
-        <v>433</v>
+        <v>462</v>
       </c>
       <c r="B394" s="6" t="s">
-        <v>405</v>
+        <v>432</v>
       </c>
       <c r="C394" s="6">
         <v>44</v>
       </c>
       <c r="E394" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="6" t="s">
-        <v>433</v>
+        <v>462</v>
       </c>
       <c r="B395" s="6" t="s">
-        <v>435</v>
+        <v>464</v>
       </c>
       <c r="C395" s="6">
         <v>44</v>
       </c>
       <c r="E395" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="6" t="s">
-        <v>436</v>
+        <v>465</v>
       </c>
       <c r="B396" s="6" t="s">
-        <v>61</v>
+        <v>422</v>
       </c>
       <c r="C396" s="6">
         <v>962</v>
       </c>
       <c r="E396" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="6" t="s">
-        <v>436</v>
+        <v>465</v>
       </c>
       <c r="B397" s="6" t="s">
-        <v>437</v>
+        <v>466</v>
       </c>
       <c r="C397" s="6">
         <v>962</v>
       </c>
       <c r="E397" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="6" t="s">
-        <v>436</v>
+        <v>465</v>
       </c>
       <c r="B398" s="6" t="s">
-        <v>438</v>
+        <v>467</v>
       </c>
       <c r="C398" s="6">
         <v>962</v>
       </c>
       <c r="E398" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="6" t="s">
-        <v>439</v>
+        <v>468</v>
       </c>
       <c r="B399" s="6" t="s">
-        <v>440</v>
+        <v>469</v>
       </c>
       <c r="C399" s="6">
         <v>7</v>
       </c>
       <c r="E399" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="6" t="s">
-        <v>439</v>
+        <v>468</v>
       </c>
       <c r="B400" s="6" t="s">
-        <v>441</v>
+        <v>470</v>
       </c>
       <c r="C400" s="6">
         <v>7</v>
       </c>
-      <c r="D400" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E400" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="6" t="s">
-        <v>439</v>
+        <v>468</v>
       </c>
       <c r="B401" s="6" t="s">
-        <v>442</v>
+        <v>471</v>
       </c>
       <c r="C401" s="6">
         <v>7</v>
       </c>
       <c r="E401" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="6" t="s">
-        <v>439</v>
+        <v>468</v>
       </c>
       <c r="B402" s="6" t="s">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="C402" s="6">
         <v>7</v>
       </c>
-      <c r="D402" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E402" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="6" t="s">
-        <v>444</v>
+        <v>473</v>
       </c>
       <c r="B403" s="6" t="s">
-        <v>445</v>
+        <v>474</v>
       </c>
       <c r="C403" s="6">
         <v>254</v>
       </c>
       <c r="D403" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E403" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="6" t="s">
-        <v>444</v>
+        <v>473</v>
       </c>
       <c r="B404" s="6" t="s">
-        <v>446</v>
+        <v>475</v>
       </c>
       <c r="C404" s="6">
         <v>254</v>
       </c>
       <c r="E404" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="6" t="s">
-        <v>444</v>
+        <v>473</v>
       </c>
       <c r="B405" s="6" t="s">
-        <v>447</v>
+        <v>476</v>
       </c>
       <c r="C405" s="6">
         <v>254</v>
       </c>
       <c r="E405" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="6" t="s">
-        <v>448</v>
+        <v>477</v>
       </c>
       <c r="B406" s="6" t="s">
-        <v>449</v>
+        <v>478</v>
       </c>
       <c r="E406" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="6" t="s">
-        <v>448</v>
+        <v>477</v>
       </c>
       <c r="B407" s="6" t="s">
-        <v>450</v>
+        <v>479</v>
       </c>
       <c r="E407" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="6" t="s">
-        <v>451</v>
+        <v>480</v>
       </c>
       <c r="B408" s="6" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="C408" s="6">
         <v>965</v>
       </c>
       <c r="E408" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="6" t="s">
-        <v>451</v>
+        <v>480</v>
       </c>
       <c r="B409" s="6" t="s">
-        <v>453</v>
+        <v>482</v>
       </c>
       <c r="C409" s="6">
         <v>965</v>
       </c>
       <c r="E409" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="6" t="s">
-        <v>451</v>
+        <v>480</v>
       </c>
       <c r="B410" s="6" t="s">
-        <v>454</v>
+        <v>483</v>
       </c>
       <c r="C410" s="6">
         <v>965</v>
       </c>
       <c r="E410" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="6" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="B411" s="6" t="s">
-        <v>456</v>
+        <v>485</v>
       </c>
       <c r="C411" s="6">
         <v>996</v>
       </c>
+      <c r="D411" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E411" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="6" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="B412" s="6" t="s">
-        <v>457</v>
+        <v>486</v>
       </c>
       <c r="C412" s="6">
         <v>996</v>
       </c>
       <c r="D412" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E412" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="6" t="s">
-        <v>455</v>
+        <v>484</v>
       </c>
       <c r="B413" s="6" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
       <c r="C413" s="6">
         <v>996</v>
       </c>
       <c r="D413" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E413" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="6" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B414" s="6" t="s">
-        <v>460</v>
+        <v>489</v>
       </c>
       <c r="C414" s="6">
         <v>856</v>
       </c>
       <c r="E414" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="6" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B415" s="6" t="s">
-        <v>461</v>
+        <v>490</v>
       </c>
       <c r="C415" s="6">
         <v>856</v>
       </c>
       <c r="E415" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="6" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B416" s="6" t="s">
-        <v>462</v>
+        <v>491</v>
       </c>
       <c r="C416" s="6">
         <v>856</v>
       </c>
       <c r="E416" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="6" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B417" s="6" t="s">
-        <v>463</v>
+        <v>492</v>
       </c>
       <c r="C417" s="6">
         <v>856</v>
       </c>
       <c r="E417" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="6" t="s">
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="B418" s="6" t="s">
-        <v>465</v>
+        <v>494</v>
       </c>
       <c r="C418" s="6">
         <v>371</v>
       </c>
       <c r="E418" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="6" t="s">
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="B419" s="6" t="s">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="C419" s="6">
         <v>371</v>
       </c>
       <c r="E419" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="6" t="s">
-        <v>464</v>
+        <v>493</v>
       </c>
       <c r="B420" s="6" t="s">
-        <v>466</v>
+        <v>495</v>
       </c>
       <c r="C420" s="6">
         <v>371</v>
       </c>
       <c r="E420" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="6" t="s">
-        <v>467</v>
+        <v>496</v>
       </c>
       <c r="B421" s="6" t="s">
-        <v>468</v>
+        <v>497</v>
       </c>
       <c r="C421" s="6">
         <v>961</v>
       </c>
       <c r="E421" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="6" t="s">
-        <v>467</v>
+        <v>496</v>
       </c>
       <c r="B422" s="6" t="s">
-        <v>469</v>
+        <v>498</v>
       </c>
       <c r="C422" s="6">
         <v>961</v>
       </c>
       <c r="E422" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="6" t="s">
-        <v>470</v>
+        <v>499</v>
       </c>
       <c r="B423" s="6" t="s">
-        <v>471</v>
+        <v>500</v>
       </c>
       <c r="C423" s="6">
         <v>266</v>
       </c>
       <c r="E423" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="6" t="s">
-        <v>470</v>
+        <v>499</v>
       </c>
       <c r="B424" s="6" t="s">
-        <v>472</v>
+        <v>501</v>
       </c>
       <c r="C424" s="6">
         <v>266</v>
       </c>
       <c r="E424" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="6" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="B425" s="6" t="s">
-        <v>474</v>
+        <v>503</v>
       </c>
       <c r="C425" s="6">
         <v>231</v>
       </c>
       <c r="E425" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="6" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="B426" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C426" s="6">
         <v>231</v>
       </c>
       <c r="E426" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="6" t="s">
-        <v>475</v>
+        <v>504</v>
       </c>
       <c r="B427" s="6" t="s">
-        <v>476</v>
+        <v>505</v>
       </c>
       <c r="C427" s="6">
         <v>218</v>
       </c>
       <c r="E427" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="6" t="s">
-        <v>475</v>
+        <v>504</v>
       </c>
       <c r="B428" s="6" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="C428" s="6">
         <v>218</v>
       </c>
       <c r="E428" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="6" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="B429" s="6" t="s">
-        <v>479</v>
+        <v>508</v>
       </c>
       <c r="C429" s="6">
         <v>423</v>
       </c>
       <c r="E429" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="6" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="B430" s="6" t="s">
-        <v>480</v>
+        <v>509</v>
       </c>
       <c r="C430" s="6">
         <v>423</v>
       </c>
       <c r="E430" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="6" t="s">
-        <v>478</v>
+        <v>507</v>
       </c>
       <c r="B431" s="6" t="s">
-        <v>481</v>
+        <v>510</v>
       </c>
       <c r="C431" s="6">
         <v>423</v>
       </c>
       <c r="D431" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E431" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="6" t="s">
-        <v>482</v>
+        <v>511</v>
       </c>
       <c r="B432" s="6" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="C432" s="6">
         <v>370</v>
       </c>
       <c r="E432" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="6" t="s">
-        <v>482</v>
+        <v>511</v>
       </c>
       <c r="B433" s="6" t="s">
-        <v>483</v>
+        <v>512</v>
       </c>
       <c r="C433" s="6">
         <v>370</v>
       </c>
       <c r="E433" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="6" t="s">
-        <v>482</v>
+        <v>511</v>
       </c>
       <c r="B434" s="6" t="s">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="C434" s="6">
         <v>370</v>
       </c>
       <c r="E434" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="6" t="s">
-        <v>484</v>
+        <v>513</v>
       </c>
       <c r="B435" s="6" t="s">
-        <v>485</v>
+        <v>514</v>
       </c>
       <c r="C435" s="6">
         <v>352</v>
       </c>
       <c r="E435" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="6" t="s">
-        <v>484</v>
+        <v>513</v>
       </c>
       <c r="B436" s="6" t="s">
-        <v>486</v>
+        <v>515</v>
       </c>
       <c r="C436" s="6">
         <v>352</v>
       </c>
       <c r="E436" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="6" t="s">
-        <v>484</v>
+        <v>513</v>
       </c>
       <c r="B437" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C437" s="6">
         <v>352</v>
       </c>
       <c r="E437" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="6" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
       <c r="B438" s="6" t="s">
-        <v>488</v>
+        <v>517</v>
       </c>
       <c r="E438" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="6" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
       <c r="B439" s="6" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="E439" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="6" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
       <c r="B440" s="6" t="s">
-        <v>489</v>
+        <v>518</v>
       </c>
       <c r="E440" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="6" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="B441" s="6" t="s">
-        <v>203</v>
+        <v>520</v>
       </c>
       <c r="C441" s="6">
         <v>389</v>
       </c>
       <c r="E441" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="6" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="B442" s="6" t="s">
-        <v>118</v>
+        <v>521</v>
       </c>
       <c r="C442" s="6">
         <v>389</v>
       </c>
       <c r="E442" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="6" t="s">
-        <v>490</v>
+        <v>519</v>
       </c>
       <c r="B443" s="6" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
       <c r="C443" s="6">
         <v>389</v>
       </c>
       <c r="E443" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="6" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
       <c r="B444" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C444" s="6">
         <v>261</v>
       </c>
       <c r="D444" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E444" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="6" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
       <c r="B445" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C445" s="6">
         <v>261</v>
       </c>
       <c r="E445" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="6" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
       <c r="B446" s="6" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="C446" s="6">
         <v>261</v>
       </c>
       <c r="E446" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="6" t="s">
-        <v>493</v>
+        <v>524</v>
       </c>
       <c r="B447" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C447" s="6">
         <v>265</v>
       </c>
       <c r="E447" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="6" t="s">
-        <v>493</v>
+        <v>524</v>
       </c>
       <c r="B448" s="6" t="s">
-        <v>494</v>
+        <v>525</v>
       </c>
       <c r="C448" s="6">
         <v>265</v>
       </c>
       <c r="E448" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B449" s="6" t="s">
-        <v>496</v>
+        <v>527</v>
       </c>
       <c r="C449" s="6">
         <v>60</v>
       </c>
       <c r="E449" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B450" s="6" t="s">
-        <v>81</v>
+        <v>528</v>
       </c>
       <c r="C450" s="6">
         <v>60</v>
       </c>
       <c r="E450" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B451" s="6" t="s">
-        <v>497</v>
+        <v>529</v>
       </c>
       <c r="C451" s="6">
         <v>60</v>
       </c>
       <c r="E451" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B452" s="6" t="s">
-        <v>498</v>
+        <v>530</v>
       </c>
       <c r="C452" s="6">
         <v>60</v>
       </c>
       <c r="E452" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B453" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C453" s="6">
         <v>60</v>
       </c>
       <c r="E453" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="6" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="B454" s="6" t="s">
-        <v>499</v>
+        <v>531</v>
       </c>
       <c r="C454" s="6">
         <v>60</v>
       </c>
       <c r="E454" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="6" t="s">
-        <v>500</v>
+        <v>532</v>
       </c>
       <c r="B455" s="6" t="s">
-        <v>501</v>
+        <v>533</v>
       </c>
       <c r="C455" s="6">
         <v>960</v>
       </c>
       <c r="E455" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="6" t="s">
-        <v>500</v>
+        <v>532</v>
       </c>
       <c r="B456" s="6" t="s">
-        <v>453</v>
+        <v>482</v>
       </c>
       <c r="C456" s="6">
         <v>960</v>
       </c>
       <c r="E456" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="6" t="s">
-        <v>502</v>
+        <v>534</v>
       </c>
       <c r="B457" s="6" t="s">
-        <v>503</v>
+        <v>535</v>
       </c>
       <c r="C457" s="6">
         <v>223</v>
       </c>
-      <c r="D457" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E457" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="6" t="s">
-        <v>502</v>
+        <v>534</v>
       </c>
       <c r="B458" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C458" s="6">
         <v>223</v>
       </c>
-      <c r="D458" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E458" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="6" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B459" s="6" t="s">
-        <v>505</v>
+        <v>537</v>
       </c>
       <c r="C459" s="6">
         <v>356</v>
       </c>
       <c r="E459" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="6" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B460" s="6" t="s">
-        <v>199</v>
+        <v>538</v>
       </c>
       <c r="C460" s="6">
         <v>356</v>
       </c>
       <c r="E460" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="6" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="B461" s="6" t="s">
-        <v>506</v>
+        <v>539</v>
       </c>
       <c r="C461" s="6">
         <v>356</v>
       </c>
       <c r="E461" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="6" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B462" s="6" t="s">
-        <v>508</v>
+        <v>541</v>
       </c>
       <c r="E462" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="6" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B463" s="6" t="s">
-        <v>509</v>
+        <v>542</v>
       </c>
       <c r="E463" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="6" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B464" s="6" t="s">
-        <v>314</v>
+        <v>336</v>
       </c>
       <c r="E464" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="6" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="B465" s="6" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="C465" s="6">
         <v>222</v>
       </c>
       <c r="E465" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="6" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="B466" s="6" t="s">
-        <v>512</v>
+        <v>545</v>
       </c>
       <c r="C466" s="6">
         <v>222</v>
       </c>
       <c r="E466" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="6" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="B467" s="6" t="s">
-        <v>513</v>
+        <v>546</v>
       </c>
       <c r="C467" s="6">
         <v>222</v>
       </c>
       <c r="E467" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="6" t="s">
-        <v>514</v>
+        <v>547</v>
       </c>
       <c r="B468" s="6" t="s">
-        <v>515</v>
+        <v>548</v>
       </c>
       <c r="C468" s="6">
         <v>230</v>
       </c>
       <c r="D468" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E468" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="6" t="s">
-        <v>514</v>
+        <v>547</v>
       </c>
       <c r="B469" s="6" t="s">
-        <v>516</v>
+        <v>549</v>
       </c>
       <c r="C469" s="6">
         <v>230</v>
       </c>
       <c r="E469" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="6" t="s">
-        <v>514</v>
+        <v>547</v>
       </c>
       <c r="B470" s="6" t="s">
-        <v>517</v>
+        <v>550</v>
       </c>
       <c r="C470" s="6">
         <v>230</v>
       </c>
       <c r="E470" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="6" t="s">
-        <v>518</v>
+        <v>551</v>
       </c>
       <c r="B471" s="6" t="s">
-        <v>519</v>
+        <v>552</v>
       </c>
       <c r="C471" s="6">
         <v>52</v>
       </c>
+      <c r="D471" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E471" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="6" t="s">
-        <v>518</v>
+        <v>551</v>
       </c>
       <c r="B472" s="6" t="s">
-        <v>520</v>
+        <v>553</v>
       </c>
       <c r="C472" s="6">
         <v>52</v>
       </c>
       <c r="E472" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="6" t="s">
-        <v>518</v>
+        <v>551</v>
       </c>
       <c r="B473" s="6" t="s">
-        <v>521</v>
+        <v>554</v>
       </c>
       <c r="C473" s="6">
         <v>52</v>
       </c>
       <c r="E473" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="6" t="s">
-        <v>522</v>
+        <v>555</v>
       </c>
       <c r="B474" s="6" t="s">
-        <v>523</v>
+        <v>556</v>
       </c>
       <c r="C474" s="6">
         <v>373</v>
       </c>
       <c r="E474" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="6" t="s">
-        <v>522</v>
+        <v>555</v>
       </c>
       <c r="B475" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C475" s="6">
         <v>373</v>
       </c>
       <c r="E475" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="6" t="s">
-        <v>522</v>
+        <v>555</v>
       </c>
       <c r="B476" s="6" t="s">
-        <v>524</v>
+        <v>557</v>
       </c>
       <c r="C476" s="6">
         <v>373</v>
       </c>
       <c r="E476" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="6" t="s">
-        <v>525</v>
+        <v>558</v>
       </c>
       <c r="B477" s="6" t="s">
-        <v>526</v>
+        <v>559</v>
       </c>
       <c r="C477" s="6">
         <v>377</v>
       </c>
       <c r="E477" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="6" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="B478" s="6" t="s">
-        <v>528</v>
+        <v>561</v>
       </c>
       <c r="C478" s="6">
         <v>976</v>
       </c>
       <c r="E478" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="6" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="B479" s="6" t="s">
-        <v>529</v>
+        <v>562</v>
       </c>
       <c r="C479" s="6">
         <v>976</v>
       </c>
       <c r="E479" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="6" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="B480" s="6" t="s">
-        <v>463</v>
+        <v>492</v>
       </c>
       <c r="C480" s="6">
         <v>976</v>
       </c>
       <c r="E480" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="6" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="B481" s="6" t="s">
-        <v>530</v>
+        <v>563</v>
       </c>
       <c r="C481" s="6">
         <v>976</v>
       </c>
       <c r="D481" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E481" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="6" t="s">
-        <v>531</v>
+        <v>564</v>
       </c>
       <c r="B482" s="6" t="s">
-        <v>532</v>
+        <v>565</v>
       </c>
       <c r="C482" s="6">
         <v>382</v>
       </c>
-      <c r="D482" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E482" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="6" t="s">
-        <v>531</v>
+        <v>564</v>
       </c>
       <c r="B483" s="6" t="s">
-        <v>533</v>
+        <v>566</v>
       </c>
       <c r="C483" s="6">
         <v>382</v>
       </c>
-      <c r="D483" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E483" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="6" t="s">
-        <v>531</v>
+        <v>564</v>
       </c>
       <c r="B484" s="6" t="s">
-        <v>534</v>
+        <v>567</v>
       </c>
       <c r="C484" s="6">
         <v>382</v>
       </c>
-      <c r="D484" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E484" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="6" t="s">
-        <v>535</v>
+        <v>568</v>
       </c>
       <c r="B485" s="6" t="s">
-        <v>536</v>
+        <v>569</v>
       </c>
       <c r="C485" s="6">
         <v>1664</v>
       </c>
       <c r="E485" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="6" t="s">
-        <v>537</v>
+        <v>570</v>
       </c>
       <c r="B486" s="6" t="s">
-        <v>538</v>
+        <v>571</v>
       </c>
       <c r="C486" s="6">
         <v>212</v>
       </c>
       <c r="D486" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E486" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="6" t="s">
-        <v>537</v>
+        <v>570</v>
       </c>
       <c r="B487" s="6" t="s">
-        <v>539</v>
+        <v>572</v>
       </c>
       <c r="C487" s="6">
         <v>212</v>
       </c>
       <c r="E487" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="6" t="s">
-        <v>537</v>
+        <v>570</v>
       </c>
       <c r="B488" s="6" t="s">
-        <v>540</v>
+        <v>573</v>
       </c>
       <c r="C488" s="6">
         <v>212</v>
       </c>
       <c r="D488" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E488" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="6" t="s">
-        <v>541</v>
+        <v>574</v>
       </c>
       <c r="B489" s="6" t="s">
-        <v>542</v>
+        <v>575</v>
       </c>
       <c r="C489" s="6">
         <v>258</v>
       </c>
       <c r="E489" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="6" t="s">
-        <v>541</v>
+        <v>574</v>
       </c>
       <c r="B490" s="6" t="s">
-        <v>183</v>
+        <v>576</v>
       </c>
       <c r="C490" s="6">
         <v>258</v>
       </c>
       <c r="E490" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="6" t="s">
-        <v>541</v>
+        <v>574</v>
       </c>
       <c r="B491" s="6" t="s">
-        <v>543</v>
+        <v>577</v>
       </c>
       <c r="C491" s="6">
         <v>258</v>
       </c>
       <c r="D491" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E491" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="6" t="s">
-        <v>544</v>
+        <v>578</v>
       </c>
       <c r="B492" s="6" t="s">
-        <v>545</v>
+        <v>579</v>
       </c>
       <c r="C492" s="6">
         <v>95</v>
       </c>
       <c r="E492" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="6" t="s">
-        <v>544</v>
+        <v>578</v>
       </c>
       <c r="B493" s="6" t="s">
-        <v>453</v>
+        <v>482</v>
       </c>
       <c r="C493" s="6">
         <v>95</v>
       </c>
       <c r="E493" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="6" t="s">
-        <v>544</v>
+        <v>578</v>
       </c>
       <c r="B494" s="6" t="s">
-        <v>546</v>
+        <v>580</v>
       </c>
       <c r="C494" s="6">
         <v>95</v>
       </c>
       <c r="E494" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="6" t="s">
-        <v>547</v>
+        <v>581</v>
       </c>
       <c r="B495" s="6" t="s">
-        <v>548</v>
+        <v>582</v>
       </c>
       <c r="C495" s="6">
         <v>264</v>
       </c>
       <c r="E495" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="6" t="s">
-        <v>547</v>
+        <v>581</v>
       </c>
       <c r="B496" s="6" t="s">
-        <v>549</v>
+        <v>583</v>
       </c>
       <c r="C496" s="6">
         <v>264</v>
       </c>
       <c r="E496" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="6" t="s">
-        <v>550</v>
+        <v>584</v>
       </c>
       <c r="B497" s="6" t="s">
-        <v>551</v>
+        <v>585</v>
       </c>
       <c r="C497" s="6">
         <v>674</v>
       </c>
       <c r="E497" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="6" t="s">
-        <v>552</v>
+        <v>586</v>
       </c>
       <c r="B498" s="6" t="s">
-        <v>553</v>
+        <v>587</v>
       </c>
       <c r="C498" s="6">
         <v>977</v>
       </c>
       <c r="E498" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="6" t="s">
-        <v>552</v>
+        <v>586</v>
       </c>
       <c r="B499" s="6" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C499" s="6">
         <v>977</v>
       </c>
       <c r="E499" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="6" t="s">
-        <v>552</v>
+        <v>586</v>
       </c>
       <c r="B500" s="6" t="s">
-        <v>555</v>
+        <v>589</v>
       </c>
       <c r="C500" s="6">
         <v>977</v>
       </c>
       <c r="D500" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E500" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="6" t="s">
-        <v>556</v>
+        <v>590</v>
       </c>
       <c r="B501" s="6" t="s">
-        <v>82</v>
+        <v>591</v>
       </c>
       <c r="C501" s="6">
         <v>31</v>
       </c>
-      <c r="D501" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E501" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="6" t="s">
-        <v>556</v>
+        <v>590</v>
       </c>
       <c r="B502" s="6" t="s">
-        <v>557</v>
+        <v>592</v>
       </c>
       <c r="C502" s="6">
         <v>31</v>
       </c>
       <c r="E502" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="6" t="s">
-        <v>556</v>
+        <v>590</v>
       </c>
       <c r="B503" s="6" t="s">
-        <v>558</v>
+        <v>593</v>
       </c>
       <c r="C503" s="6">
         <v>31</v>
       </c>
       <c r="E503" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="6" t="s">
-        <v>556</v>
+        <v>590</v>
       </c>
       <c r="B504" s="6" t="s">
-        <v>559</v>
+        <v>594</v>
       </c>
       <c r="C504" s="6">
         <v>31</v>
       </c>
       <c r="E504" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="6" t="s">
-        <v>560</v>
+        <v>595</v>
       </c>
       <c r="B505" s="6" t="s">
-        <v>561</v>
+        <v>596</v>
       </c>
       <c r="C505" s="6">
         <v>687</v>
       </c>
       <c r="E505" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="6" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
       <c r="B506" s="6" t="s">
-        <v>563</v>
+        <v>598</v>
       </c>
       <c r="C506" s="6">
         <v>64</v>
       </c>
       <c r="E506" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="6" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
       <c r="B507" s="6" t="s">
-        <v>564</v>
+        <v>599</v>
       </c>
       <c r="C507" s="6">
         <v>64</v>
       </c>
+      <c r="D507" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E507" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="6" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
       <c r="B508" s="6" t="s">
-        <v>565</v>
+        <v>600</v>
       </c>
       <c r="C508" s="6">
         <v>64</v>
       </c>
       <c r="D508" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E508" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="6" t="s">
-        <v>566</v>
+        <v>601</v>
       </c>
       <c r="B509" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C509" s="6">
         <v>505</v>
       </c>
       <c r="D509" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E509" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="6" t="s">
-        <v>566</v>
+        <v>601</v>
       </c>
       <c r="B510" s="6" t="s">
-        <v>567</v>
+        <v>602</v>
       </c>
       <c r="C510" s="6">
         <v>505</v>
       </c>
       <c r="E510" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="6" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
       <c r="B511" s="6" t="s">
-        <v>569</v>
+        <v>604</v>
       </c>
       <c r="C511" s="6">
         <v>227</v>
       </c>
       <c r="D511" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E511" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="6" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
       <c r="B512" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C512" s="6">
         <v>227</v>
       </c>
       <c r="D512" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E512" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="6" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="B513" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C513" s="6">
         <v>234</v>
       </c>
       <c r="E513" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="6" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="B514" s="6" t="s">
-        <v>571</v>
+        <v>606</v>
       </c>
       <c r="C514" s="6">
         <v>234</v>
       </c>
       <c r="E514" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="6" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="B515" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C515" s="6">
         <v>234</v>
       </c>
       <c r="E515" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="6" t="s">
-        <v>570</v>
+        <v>605</v>
       </c>
       <c r="B516" s="6" t="s">
-        <v>572</v>
+        <v>607</v>
       </c>
       <c r="C516" s="6">
         <v>234</v>
       </c>
       <c r="E516" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="6" t="s">
-        <v>573</v>
+        <v>608</v>
       </c>
       <c r="B517" s="6" t="s">
-        <v>574</v>
+        <v>609</v>
       </c>
       <c r="C517" s="6">
         <v>683</v>
       </c>
       <c r="E517" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="6" t="s">
-        <v>575</v>
+        <v>610</v>
       </c>
       <c r="B518" s="6" t="s">
-        <v>576</v>
+        <v>611</v>
       </c>
       <c r="C518" s="6">
         <v>61</v>
       </c>
       <c r="E518" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="6" t="s">
-        <v>577</v>
+        <v>612</v>
       </c>
       <c r="B519" s="6" t="s">
-        <v>578</v>
+        <v>613</v>
       </c>
       <c r="E519" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="6" t="s">
-        <v>577</v>
+        <v>612</v>
       </c>
       <c r="B520" s="6" t="s">
-        <v>579</v>
+        <v>614</v>
       </c>
       <c r="E520" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B521" s="6" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
       <c r="C521" s="6">
         <v>47</v>
       </c>
       <c r="E521" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B522" s="6" t="s">
-        <v>581</v>
+        <v>616</v>
       </c>
       <c r="C522" s="6">
         <v>47</v>
       </c>
       <c r="E522" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B523" s="6" t="s">
-        <v>582</v>
+        <v>617</v>
       </c>
       <c r="C523" s="6">
         <v>47</v>
       </c>
       <c r="E523" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B524" s="6" t="s">
-        <v>583</v>
+        <v>618</v>
       </c>
       <c r="C524" s="6">
         <v>47</v>
       </c>
       <c r="E524" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B525" s="6" t="s">
-        <v>584</v>
+        <v>619</v>
       </c>
       <c r="C525" s="6">
         <v>47</v>
       </c>
       <c r="E525" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="6" t="s">
-        <v>585</v>
+        <v>620</v>
       </c>
       <c r="B526" s="6" t="s">
-        <v>586</v>
+        <v>621</v>
       </c>
       <c r="C526" s="6">
         <v>968</v>
       </c>
       <c r="E526" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="6" t="s">
-        <v>585</v>
+        <v>620</v>
       </c>
       <c r="B527" s="6" t="s">
-        <v>587</v>
+        <v>622</v>
       </c>
       <c r="C527" s="6">
         <v>968</v>
       </c>
       <c r="D527" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E527" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="6" t="s">
-        <v>588</v>
+        <v>623</v>
       </c>
       <c r="B528" s="6" t="s">
-        <v>589</v>
+        <v>624</v>
       </c>
       <c r="C528" s="6">
         <v>92</v>
       </c>
       <c r="E528" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="6" t="s">
-        <v>588</v>
+        <v>623</v>
       </c>
       <c r="B529" s="6" t="s">
-        <v>590</v>
+        <v>625</v>
       </c>
       <c r="C529" s="6">
         <v>92</v>
       </c>
       <c r="E529" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="6" t="s">
-        <v>588</v>
+        <v>623</v>
       </c>
       <c r="B530" s="6" t="s">
-        <v>591</v>
+        <v>626</v>
       </c>
       <c r="C530" s="6">
         <v>92</v>
       </c>
       <c r="E530" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="6" t="s">
-        <v>588</v>
+        <v>623</v>
       </c>
       <c r="B531" s="6" t="s">
-        <v>581</v>
+        <v>616</v>
       </c>
       <c r="C531" s="6">
         <v>92</v>
       </c>
       <c r="E531" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="6" t="s">
-        <v>592</v>
+        <v>627</v>
       </c>
       <c r="B532" s="6" t="s">
-        <v>593</v>
+        <v>628</v>
       </c>
       <c r="C532" s="6">
         <v>680</v>
       </c>
       <c r="E532" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="6" t="s">
-        <v>594</v>
+        <v>629</v>
       </c>
       <c r="B533" s="6" t="s">
-        <v>595</v>
+        <v>630</v>
       </c>
       <c r="C533" s="6">
         <v>972</v>
       </c>
       <c r="E533" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="6" t="s">
-        <v>594</v>
+        <v>629</v>
       </c>
       <c r="B534" s="6" t="s">
-        <v>596</v>
+        <v>631</v>
       </c>
       <c r="C534" s="6">
         <v>972</v>
       </c>
       <c r="E534" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="6" t="s">
-        <v>597</v>
+        <v>632</v>
       </c>
       <c r="B535" s="6" t="s">
-        <v>598</v>
+        <v>633</v>
       </c>
       <c r="C535" s="6">
         <v>507</v>
       </c>
       <c r="E535" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="6" t="s">
-        <v>597</v>
+        <v>632</v>
       </c>
       <c r="B536" s="6" t="s">
-        <v>599</v>
+        <v>634</v>
       </c>
       <c r="C536" s="6">
         <v>507</v>
       </c>
       <c r="E536" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="6" t="s">
-        <v>597</v>
+        <v>632</v>
       </c>
       <c r="B537" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C537" s="6">
         <v>507</v>
       </c>
       <c r="E537" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="6" t="s">
-        <v>600</v>
+        <v>635</v>
       </c>
       <c r="B538" s="6" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
       <c r="C538" s="6">
         <v>675</v>
       </c>
       <c r="E538" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="6" t="s">
-        <v>600</v>
+        <v>635</v>
       </c>
       <c r="B539" s="6" t="s">
-        <v>602</v>
+        <v>637</v>
       </c>
       <c r="C539" s="6">
         <v>675</v>
       </c>
       <c r="E539" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="6" t="s">
-        <v>603</v>
+        <v>638</v>
       </c>
       <c r="B540" s="6" t="s">
-        <v>604</v>
+        <v>639</v>
       </c>
       <c r="C540" s="6">
         <v>595</v>
       </c>
       <c r="D540" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E540" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="6" t="s">
-        <v>603</v>
+        <v>638</v>
       </c>
       <c r="B541" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C541" s="6">
         <v>595</v>
       </c>
       <c r="D541" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E541" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="6" t="s">
-        <v>603</v>
+        <v>638</v>
       </c>
       <c r="B542" s="6" t="s">
-        <v>38</v>
+        <v>640</v>
       </c>
       <c r="C542" s="6">
         <v>595</v>
       </c>
       <c r="E542" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="6" t="s">
-        <v>603</v>
+        <v>638</v>
       </c>
       <c r="B543" s="6" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="C543" s="6">
         <v>595</v>
       </c>
       <c r="D543" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E543" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="6" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="B544" s="6" t="s">
-        <v>97</v>
+        <v>642</v>
       </c>
       <c r="C544" s="6">
         <v>51</v>
       </c>
       <c r="D544" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E544" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="6" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="B545" s="6" t="s">
-        <v>36</v>
+        <v>298</v>
       </c>
       <c r="C545" s="6">
         <v>51</v>
       </c>
       <c r="D545" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E545" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="6" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="B546" s="6" t="s">
-        <v>37</v>
+        <v>300</v>
       </c>
       <c r="C546" s="6">
         <v>51</v>
       </c>
       <c r="D546" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E546" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="6" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="B547" s="6" t="s">
-        <v>606</v>
+        <v>643</v>
       </c>
       <c r="C547" s="6">
         <v>51</v>
       </c>
       <c r="D547" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E547" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="6" t="s">
-        <v>607</v>
+        <v>644</v>
       </c>
       <c r="B548" s="6" t="s">
-        <v>608</v>
+        <v>645</v>
       </c>
       <c r="C548" s="6">
         <v>63</v>
       </c>
       <c r="E548" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="6" t="s">
-        <v>607</v>
+        <v>644</v>
       </c>
       <c r="B549" s="6" t="s">
-        <v>609</v>
+        <v>646</v>
       </c>
       <c r="C549" s="6">
         <v>63</v>
       </c>
       <c r="D549" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E549" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="6" t="s">
-        <v>607</v>
+        <v>644</v>
       </c>
       <c r="B550" s="6" t="s">
-        <v>610</v>
+        <v>647</v>
       </c>
       <c r="C550" s="6">
         <v>63</v>
       </c>
       <c r="E550" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B551" s="6" t="s">
-        <v>612</v>
+        <v>649</v>
       </c>
       <c r="C551" s="6">
         <v>48</v>
       </c>
       <c r="E551" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B552" s="6" t="s">
-        <v>613</v>
+        <v>650</v>
       </c>
       <c r="C552" s="6">
         <v>48</v>
       </c>
       <c r="E552" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B553" s="6" t="s">
-        <v>614</v>
+        <v>651</v>
       </c>
       <c r="C553" s="6">
         <v>48</v>
       </c>
       <c r="E553" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B554" s="6" t="s">
-        <v>615</v>
+        <v>652</v>
       </c>
       <c r="C554" s="6">
         <v>48</v>
       </c>
       <c r="E554" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B555" s="6" t="s">
-        <v>616</v>
+        <v>653</v>
       </c>
       <c r="C555" s="6">
         <v>48</v>
       </c>
       <c r="E555" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B556" s="6" t="s">
-        <v>617</v>
+        <v>654</v>
       </c>
       <c r="C556" s="6">
         <v>48</v>
       </c>
       <c r="E556" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B557" s="6" t="s">
-        <v>618</v>
+        <v>655</v>
       </c>
       <c r="C557" s="6">
         <v>48</v>
       </c>
       <c r="E557" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="6" t="s">
-        <v>611</v>
+        <v>648</v>
       </c>
       <c r="B558" s="6" t="s">
-        <v>619</v>
+        <v>656</v>
       </c>
       <c r="C558" s="6">
         <v>48</v>
       </c>
       <c r="E558" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B559" s="6" t="s">
-        <v>621</v>
+        <v>658</v>
       </c>
       <c r="C559" s="6">
         <v>351</v>
       </c>
       <c r="D559" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E559" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B560" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C560" s="6">
         <v>351</v>
       </c>
       <c r="E560" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B561" s="6" t="s">
-        <v>622</v>
+        <v>659</v>
       </c>
       <c r="C561" s="6">
         <v>351</v>
       </c>
       <c r="E561" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B562" s="6" t="s">
-        <v>623</v>
+        <v>660</v>
       </c>
       <c r="C562" s="6">
         <v>351</v>
       </c>
       <c r="D562" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E562" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B563" s="6" t="s">
-        <v>81</v>
+        <v>528</v>
       </c>
       <c r="C563" s="6">
         <v>351</v>
       </c>
       <c r="D563" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E563" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="6" t="s">
-        <v>620</v>
+        <v>657</v>
       </c>
       <c r="B564" s="6" t="s">
-        <v>624</v>
+        <v>661</v>
       </c>
       <c r="C564" s="6">
         <v>351</v>
       </c>
       <c r="E564" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="6" t="s">
-        <v>625</v>
+        <v>662</v>
       </c>
       <c r="B565" s="6" t="s">
-        <v>453</v>
+        <v>482</v>
       </c>
       <c r="C565" s="6">
         <v>974</v>
       </c>
       <c r="E565" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="6" t="s">
-        <v>625</v>
+        <v>662</v>
       </c>
       <c r="B566" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C566" s="6">
         <v>974</v>
       </c>
       <c r="E566" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="6" t="s">
-        <v>626</v>
+        <v>663</v>
       </c>
       <c r="B567" s="6" t="s">
-        <v>306</v>
+        <v>327</v>
       </c>
       <c r="D567" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E567" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="6" t="s">
-        <v>626</v>
+        <v>663</v>
       </c>
       <c r="B568" s="6" t="s">
-        <v>627</v>
+        <v>664</v>
       </c>
       <c r="E568" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="6" t="s">
-        <v>626</v>
+        <v>663</v>
       </c>
       <c r="B569" s="6" t="s">
-        <v>628</v>
+        <v>665</v>
       </c>
       <c r="E569" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="6" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="B570" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C570" s="6">
         <v>40</v>
       </c>
       <c r="E570" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="6" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="B571" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C571" s="6">
         <v>40</v>
       </c>
       <c r="E571" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="6" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="B572" s="6" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
       <c r="C572" s="6">
         <v>40</v>
       </c>
       <c r="E572" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="6" t="s">
-        <v>629</v>
+        <v>666</v>
       </c>
       <c r="B573" s="6" t="s">
-        <v>631</v>
+        <v>668</v>
       </c>
       <c r="C573" s="6">
         <v>40</v>
       </c>
       <c r="D573" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E573" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B574" s="6" t="s">
-        <v>75</v>
+        <v>670</v>
       </c>
       <c r="C574" s="6">
         <v>7</v>
       </c>
       <c r="D574" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E574" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B575" s="6" t="s">
-        <v>633</v>
+        <v>671</v>
       </c>
       <c r="C575" s="6">
         <v>7</v>
       </c>
       <c r="E575" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B576" s="6" t="s">
-        <v>634</v>
+        <v>672</v>
       </c>
       <c r="C576" s="6">
         <v>7</v>
       </c>
       <c r="E576" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B577" s="6" t="s">
-        <v>443</v>
+        <v>472</v>
       </c>
       <c r="C577" s="6">
         <v>7</v>
       </c>
       <c r="D577" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E577" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B578" s="6" t="s">
-        <v>635</v>
+        <v>673</v>
       </c>
       <c r="C578" s="6">
         <v>7</v>
       </c>
       <c r="E578" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B579" s="6" t="s">
-        <v>636</v>
+        <v>674</v>
       </c>
       <c r="C579" s="6">
         <v>7</v>
       </c>
       <c r="E579" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B580" s="6" t="s">
-        <v>637</v>
+        <v>675</v>
       </c>
       <c r="C580" s="6">
         <v>7</v>
       </c>
       <c r="D580" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E580" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="6" t="s">
-        <v>632</v>
+        <v>669</v>
       </c>
       <c r="B581" s="6" t="s">
-        <v>638</v>
+        <v>676</v>
       </c>
       <c r="C581" s="6">
         <v>7</v>
       </c>
       <c r="D581" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E581" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="6" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
       <c r="B582" s="6" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="C582" s="6">
         <v>250</v>
       </c>
       <c r="D582" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E582" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="6" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
       <c r="B583" s="6" t="s">
-        <v>640</v>
+        <v>678</v>
       </c>
       <c r="C583" s="6">
         <v>250</v>
       </c>
       <c r="E583" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="6" t="s">
-        <v>639</v>
+        <v>677</v>
       </c>
       <c r="B584" s="6" t="s">
-        <v>641</v>
+        <v>679</v>
       </c>
       <c r="C584" s="6">
         <v>250</v>
       </c>
       <c r="D584" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E584" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="6" t="s">
-        <v>642</v>
+        <v>680</v>
       </c>
       <c r="B585" s="6" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="C585" s="6">
         <v>1869</v>
       </c>
       <c r="D585" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E585" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="6" t="s">
-        <v>642</v>
+        <v>680</v>
       </c>
       <c r="B586" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C586" s="6">
         <v>1869</v>
       </c>
       <c r="D586" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E586" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="6" t="s">
-        <v>643</v>
+        <v>681</v>
       </c>
       <c r="B587" s="6" t="s">
-        <v>644</v>
+        <v>682</v>
       </c>
       <c r="C587" s="6">
         <v>1876</v>
       </c>
       <c r="E587" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="6" t="s">
-        <v>643</v>
+        <v>681</v>
       </c>
       <c r="B588" s="6" t="s">
-        <v>645</v>
+        <v>683</v>
       </c>
       <c r="C588" s="6">
         <v>1876</v>
       </c>
       <c r="D588" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E588" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="6" t="s">
-        <v>646</v>
+        <v>684</v>
       </c>
       <c r="B589" s="6" t="s">
-        <v>647</v>
+        <v>685</v>
       </c>
       <c r="C589" s="6">
         <v>508</v>
       </c>
       <c r="D589" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E589" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="6" t="s">
-        <v>646</v>
+        <v>684</v>
       </c>
       <c r="B590" s="6" t="s">
-        <v>648</v>
+        <v>686</v>
       </c>
       <c r="C590" s="6">
         <v>508</v>
       </c>
       <c r="D590" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E590" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="6" t="s">
-        <v>649</v>
+        <v>687</v>
       </c>
       <c r="B591" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C591" s="6">
         <v>1784</v>
       </c>
       <c r="E591" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="6" t="s">
-        <v>649</v>
+        <v>687</v>
       </c>
       <c r="B592" s="6" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="C592" s="6">
         <v>1784</v>
       </c>
       <c r="D592" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E592" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="6" t="s">
-        <v>650</v>
+        <v>688</v>
       </c>
       <c r="B593" s="6" t="s">
-        <v>651</v>
+        <v>689</v>
       </c>
       <c r="C593" s="6">
         <v>685</v>
       </c>
       <c r="E593" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="6" t="s">
-        <v>650</v>
+        <v>688</v>
       </c>
       <c r="B594" s="6" t="s">
-        <v>652</v>
+        <v>690</v>
       </c>
       <c r="C594" s="6">
         <v>685</v>
       </c>
       <c r="E594" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="6" t="s">
-        <v>653</v>
+        <v>691</v>
       </c>
       <c r="B595" s="6" t="s">
-        <v>654</v>
+        <v>692</v>
       </c>
       <c r="C595" s="6">
         <v>378</v>
       </c>
       <c r="D595" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E595" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="6" t="s">
-        <v>655</v>
+        <v>693</v>
       </c>
       <c r="B596" s="6" t="s">
-        <v>656</v>
+        <v>694</v>
       </c>
       <c r="C596" s="6">
         <v>239</v>
       </c>
       <c r="E596" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B597" s="6" t="s">
-        <v>658</v>
+        <v>696</v>
       </c>
       <c r="C597" s="6">
         <v>966</v>
       </c>
       <c r="E597" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B598" s="6" t="s">
-        <v>659</v>
+        <v>697</v>
       </c>
       <c r="C598" s="6">
         <v>966</v>
       </c>
       <c r="E598" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B599" s="6" t="s">
-        <v>660</v>
+        <v>698</v>
       </c>
       <c r="C599" s="6">
         <v>966</v>
       </c>
       <c r="E599" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B600" s="6" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
       <c r="C600" s="6">
         <v>966</v>
       </c>
       <c r="E600" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B601" s="6" t="s">
-        <v>662</v>
+        <v>700</v>
       </c>
       <c r="C601" s="6">
         <v>966</v>
       </c>
       <c r="E601" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="6" t="s">
-        <v>663</v>
+        <v>701</v>
       </c>
       <c r="B602" s="6" t="s">
-        <v>664</v>
+        <v>702</v>
       </c>
       <c r="C602" s="6">
         <v>221</v>
       </c>
       <c r="E602" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="6" t="s">
-        <v>663</v>
+        <v>701</v>
       </c>
       <c r="B603" s="6" t="s">
-        <v>665</v>
+        <v>703</v>
       </c>
       <c r="C603" s="6">
         <v>221</v>
       </c>
       <c r="D603" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E603" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="6" t="s">
-        <v>663</v>
+        <v>701</v>
       </c>
       <c r="B604" s="6" t="s">
-        <v>666</v>
+        <v>704</v>
       </c>
       <c r="C604" s="6">
         <v>221</v>
       </c>
       <c r="D604" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E604" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="6" t="s">
-        <v>667</v>
+        <v>705</v>
       </c>
       <c r="B605" s="6" t="s">
-        <v>668</v>
+        <v>706</v>
       </c>
       <c r="C605" s="6">
         <v>381</v>
       </c>
       <c r="E605" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="6" t="s">
-        <v>667</v>
+        <v>705</v>
       </c>
       <c r="B606" s="6" t="s">
-        <v>669</v>
+        <v>707</v>
       </c>
       <c r="C606" s="6">
         <v>381</v>
       </c>
       <c r="E606" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="6" t="s">
-        <v>667</v>
+        <v>705</v>
       </c>
       <c r="B607" s="6" t="s">
-        <v>670</v>
+        <v>708</v>
       </c>
       <c r="C607" s="6">
         <v>381</v>
       </c>
       <c r="E607" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="6" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="B608" s="6" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="C608" s="6">
         <v>248</v>
       </c>
       <c r="E608" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="6" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="B609" s="6" t="s">
-        <v>673</v>
+        <v>711</v>
       </c>
       <c r="C609" s="6">
         <v>248</v>
       </c>
       <c r="E609" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="6" t="s">
-        <v>674</v>
+        <v>712</v>
       </c>
       <c r="B610" s="6" t="s">
-        <v>675</v>
+        <v>713</v>
       </c>
       <c r="C610" s="6">
         <v>232</v>
       </c>
       <c r="E610" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="6" t="s">
-        <v>674</v>
+        <v>712</v>
       </c>
       <c r="B611" s="6" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="C611" s="6">
         <v>232</v>
       </c>
       <c r="E611" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="6" t="s">
-        <v>674</v>
+        <v>712</v>
       </c>
       <c r="B612" s="6" t="s">
-        <v>184</v>
+        <v>346</v>
       </c>
       <c r="C612" s="6">
         <v>232</v>
       </c>
       <c r="E612" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="6" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="B613" s="6" t="s">
-        <v>678</v>
+        <v>716</v>
       </c>
       <c r="C613" s="6">
         <v>65</v>
       </c>
       <c r="E613" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="6" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="B614" s="6" t="s">
-        <v>679</v>
+        <v>717</v>
       </c>
       <c r="C614" s="6">
         <v>65</v>
       </c>
       <c r="E614" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="6" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="B615" s="6" t="s">
-        <v>680</v>
+        <v>718</v>
       </c>
       <c r="C615" s="6">
         <v>65</v>
       </c>
       <c r="D615" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E615" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="6" t="s">
-        <v>681</v>
+        <v>719</v>
       </c>
       <c r="B616" s="6" t="s">
-        <v>682</v>
+        <v>720</v>
       </c>
       <c r="D616" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E616" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="6" t="s">
-        <v>681</v>
+        <v>719</v>
       </c>
       <c r="B617" s="6" t="s">
-        <v>683</v>
+        <v>721</v>
       </c>
       <c r="D617" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E617" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="6" t="s">
-        <v>684</v>
+        <v>722</v>
       </c>
       <c r="B618" s="6" t="s">
-        <v>685</v>
+        <v>723</v>
       </c>
       <c r="C618" s="6">
         <v>421</v>
       </c>
       <c r="E618" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="6" t="s">
-        <v>684</v>
+        <v>722</v>
       </c>
       <c r="B619" s="6" t="s">
-        <v>686</v>
+        <v>724</v>
       </c>
       <c r="C619" s="6">
         <v>421</v>
       </c>
       <c r="E619" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="6" t="s">
-        <v>684</v>
+        <v>722</v>
       </c>
       <c r="B620" s="6" t="s">
-        <v>687</v>
+        <v>725</v>
       </c>
       <c r="C620" s="6">
         <v>421</v>
       </c>
       <c r="E620" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="6" t="s">
-        <v>684</v>
+        <v>722</v>
       </c>
       <c r="B621" s="6" t="s">
-        <v>688</v>
+        <v>726</v>
       </c>
       <c r="C621" s="6">
         <v>421</v>
       </c>
       <c r="E621" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="6" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B622" s="6" t="s">
-        <v>690</v>
+        <v>728</v>
       </c>
       <c r="C622" s="6">
         <v>386</v>
       </c>
       <c r="E622" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="6" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B623" s="6" t="s">
-        <v>691</v>
+        <v>729</v>
       </c>
       <c r="C623" s="6">
         <v>386</v>
       </c>
       <c r="E623" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="6" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B624" s="6" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C624" s="6">
         <v>386</v>
       </c>
       <c r="E624" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="6" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B625" s="6" t="s">
-        <v>692</v>
+        <v>730</v>
       </c>
       <c r="C625" s="6">
         <v>386</v>
       </c>
       <c r="E625" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="6" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B626" s="6" t="s">
-        <v>693</v>
+        <v>731</v>
       </c>
       <c r="C626" s="6">
         <v>386</v>
       </c>
       <c r="E626" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="6" t="s">
-        <v>694</v>
+        <v>732</v>
       </c>
       <c r="B627" s="6" t="s">
-        <v>695</v>
+        <v>733</v>
       </c>
       <c r="C627" s="6">
         <v>677</v>
       </c>
       <c r="D627" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E627" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="6" t="s">
-        <v>694</v>
+        <v>732</v>
       </c>
       <c r="B628" s="6" t="s">
-        <v>696</v>
+        <v>734</v>
       </c>
       <c r="C628" s="6">
         <v>677</v>
       </c>
       <c r="E628" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B629" s="6" t="s">
-        <v>698</v>
+        <v>736</v>
       </c>
       <c r="C629" s="6">
         <v>252</v>
       </c>
       <c r="E629" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B630" s="6" t="s">
-        <v>699</v>
+        <v>737</v>
       </c>
       <c r="C630" s="6">
         <v>252</v>
       </c>
       <c r="E630" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B631" s="6" t="s">
-        <v>700</v>
+        <v>738</v>
       </c>
       <c r="C631" s="6">
         <v>252</v>
       </c>
       <c r="E631" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B632" s="6" t="s">
-        <v>701</v>
+        <v>739</v>
       </c>
       <c r="C632" s="6">
         <v>252</v>
       </c>
-      <c r="D632" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E632" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B633" s="6" t="s">
-        <v>702</v>
+        <v>740</v>
       </c>
       <c r="C633" s="6">
         <v>252</v>
       </c>
-      <c r="D633" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E633" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B634" s="6" t="s">
-        <v>703</v>
+        <v>741</v>
       </c>
       <c r="C634" s="6">
         <v>252</v>
       </c>
-      <c r="D634" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E634" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="6" t="s">
-        <v>704</v>
+        <v>742</v>
       </c>
       <c r="B635" s="6" t="s">
-        <v>705</v>
+        <v>743</v>
       </c>
       <c r="C635" s="6">
         <v>27</v>
       </c>
       <c r="E635" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="6" t="s">
-        <v>704</v>
+        <v>742</v>
       </c>
       <c r="B636" s="6" t="s">
-        <v>706</v>
+        <v>744</v>
       </c>
       <c r="C636" s="6">
         <v>27</v>
       </c>
       <c r="E636" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="6" t="s">
-        <v>704</v>
+        <v>742</v>
       </c>
       <c r="B637" s="6" t="s">
-        <v>707</v>
+        <v>745</v>
       </c>
       <c r="C637" s="6">
         <v>27</v>
       </c>
       <c r="E637" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="6" t="s">
-        <v>704</v>
+        <v>742</v>
       </c>
       <c r="B638" s="6" t="s">
-        <v>708</v>
+        <v>746</v>
       </c>
       <c r="C638" s="6">
         <v>27</v>
       </c>
       <c r="E638" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="6" t="s">
-        <v>709</v>
+        <v>747</v>
       </c>
       <c r="B639" s="6" t="s">
-        <v>710</v>
+        <v>748</v>
       </c>
       <c r="C639" s="6">
         <v>82</v>
       </c>
       <c r="D639" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E639" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="6" t="s">
-        <v>709</v>
+        <v>747</v>
       </c>
       <c r="B640" s="6" t="s">
-        <v>711</v>
+        <v>749</v>
       </c>
       <c r="C640" s="6">
         <v>82</v>
       </c>
       <c r="D640" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E640" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="6" t="s">
-        <v>709</v>
+        <v>747</v>
       </c>
       <c r="B641" s="6" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="C641" s="6">
         <v>82</v>
       </c>
       <c r="D641" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E641" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="6" t="s">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="B642" s="6" t="s">
-        <v>714</v>
+        <v>752</v>
       </c>
       <c r="E642" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B643" s="6" t="s">
-        <v>716</v>
+        <v>754</v>
       </c>
       <c r="C643" s="6">
         <v>211</v>
       </c>
       <c r="E643" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B644" s="6" t="s">
-        <v>717</v>
+        <v>755</v>
       </c>
       <c r="C644" s="6">
         <v>211</v>
       </c>
       <c r="D644" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E644" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B645" s="6" t="s">
-        <v>718</v>
+        <v>756</v>
       </c>
       <c r="C645" s="6">
         <v>211</v>
       </c>
       <c r="E645" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B646" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C646" s="6">
         <v>34</v>
       </c>
       <c r="E646" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B647" s="6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C647" s="6">
         <v>34</v>
       </c>
       <c r="E647" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B648" s="6" t="s">
-        <v>37</v>
+        <v>300</v>
       </c>
       <c r="C648" s="6">
         <v>34</v>
       </c>
       <c r="E648" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B649" s="6" t="s">
-        <v>720</v>
+        <v>758</v>
       </c>
       <c r="C649" s="6">
         <v>34</v>
       </c>
       <c r="E649" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B650" s="6" t="s">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="C650" s="6">
         <v>34</v>
       </c>
       <c r="E650" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B651" s="6" t="s">
-        <v>722</v>
+        <v>760</v>
       </c>
       <c r="C651" s="6">
         <v>34</v>
       </c>
       <c r="E651" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B652" s="6" t="s">
-        <v>723</v>
+        <v>761</v>
       </c>
       <c r="C652" s="6">
         <v>34</v>
       </c>
       <c r="E652" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B653" s="6" t="s">
-        <v>724</v>
+        <v>762</v>
       </c>
       <c r="C653" s="6">
         <v>34</v>
       </c>
       <c r="E653" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B654" s="6" t="s">
-        <v>725</v>
+        <v>763</v>
       </c>
       <c r="C654" s="6">
         <v>34</v>
       </c>
       <c r="E654" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B655" s="6" t="s">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="C655" s="6">
         <v>34</v>
       </c>
       <c r="E655" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B656" s="6" t="s">
-        <v>727</v>
+        <v>765</v>
       </c>
       <c r="C656" s="6">
         <v>34</v>
       </c>
       <c r="E656" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B657" s="6" t="s">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="C657" s="6">
         <v>34</v>
       </c>
       <c r="E657" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B658" s="6" t="s">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="C658" s="6">
         <v>34</v>
       </c>
       <c r="E658" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B659" s="6" t="s">
-        <v>82</v>
+        <v>329</v>
       </c>
       <c r="C659" s="6">
         <v>34</v>
       </c>
       <c r="E659" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B660" s="6" t="s">
-        <v>730</v>
+        <v>768</v>
       </c>
       <c r="C660" s="6">
         <v>34</v>
       </c>
       <c r="E660" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B661" s="6" t="s">
-        <v>731</v>
+        <v>769</v>
       </c>
       <c r="C661" s="6">
         <v>34</v>
       </c>
       <c r="E661" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B662" s="6" t="s">
-        <v>732</v>
+        <v>770</v>
       </c>
       <c r="C662" s="6">
         <v>34</v>
       </c>
       <c r="E662" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B663" s="6" t="s">
-        <v>733</v>
+        <v>771</v>
       </c>
       <c r="C663" s="6">
         <v>34</v>
       </c>
       <c r="E663" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B664" s="6" t="s">
-        <v>734</v>
+        <v>772</v>
       </c>
       <c r="C664" s="6">
         <v>34</v>
       </c>
       <c r="E664" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B665" s="6" t="s">
-        <v>735</v>
+        <v>773</v>
       </c>
       <c r="C665" s="6">
         <v>34</v>
       </c>
       <c r="E665" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B666" s="6" t="s">
-        <v>736</v>
+        <v>774</v>
       </c>
       <c r="C666" s="6">
         <v>34</v>
       </c>
       <c r="E666" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B667" s="6" t="s">
-        <v>737</v>
+        <v>775</v>
       </c>
       <c r="C667" s="6">
         <v>34</v>
       </c>
       <c r="D667" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E667" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B668" s="6" t="s">
-        <v>738</v>
+        <v>776</v>
       </c>
       <c r="C668" s="6">
         <v>34</v>
       </c>
       <c r="E668" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B669" s="6" t="s">
-        <v>739</v>
+        <v>777</v>
       </c>
       <c r="C669" s="6">
         <v>34</v>
       </c>
       <c r="E669" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B670" s="6" t="s">
-        <v>740</v>
+        <v>778</v>
       </c>
       <c r="C670" s="6">
         <v>34</v>
       </c>
       <c r="E670" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B671" s="6" t="s">
-        <v>741</v>
+        <v>779</v>
       </c>
       <c r="C671" s="6">
         <v>34</v>
       </c>
       <c r="E671" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B672" s="6" t="s">
-        <v>742</v>
+        <v>780</v>
       </c>
       <c r="C672" s="6">
         <v>34</v>
       </c>
       <c r="E672" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B673" s="6" t="s">
-        <v>743</v>
+        <v>781</v>
       </c>
       <c r="C673" s="6">
         <v>34</v>
       </c>
       <c r="E673" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B674" s="6" t="s">
-        <v>744</v>
+        <v>782</v>
       </c>
       <c r="C674" s="6">
         <v>34</v>
       </c>
       <c r="E674" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B675" s="6" t="s">
-        <v>745</v>
+        <v>783</v>
       </c>
       <c r="C675" s="6">
         <v>34</v>
       </c>
       <c r="E675" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B676" s="6" t="s">
-        <v>746</v>
+        <v>784</v>
       </c>
       <c r="C676" s="6">
         <v>34</v>
       </c>
       <c r="E676" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B677" s="6" t="s">
-        <v>747</v>
+        <v>785</v>
       </c>
       <c r="C677" s="6">
         <v>34</v>
       </c>
       <c r="E677" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B678" s="6" t="s">
-        <v>748</v>
+        <v>786</v>
       </c>
       <c r="C678" s="6">
         <v>34</v>
       </c>
       <c r="E678" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B679" s="6" t="s">
-        <v>749</v>
+        <v>787</v>
       </c>
       <c r="C679" s="6">
         <v>34</v>
       </c>
       <c r="E679" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B680" s="6" t="s">
-        <v>750</v>
+        <v>788</v>
       </c>
       <c r="C680" s="6">
         <v>34</v>
       </c>
       <c r="E680" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B681" s="6" t="s">
-        <v>751</v>
+        <v>789</v>
       </c>
       <c r="C681" s="6">
         <v>34</v>
       </c>
       <c r="E681" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="6" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B682" s="6" t="s">
-        <v>752</v>
+        <v>790</v>
       </c>
       <c r="C682" s="6">
         <v>34</v>
       </c>
       <c r="E682" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="6" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B683" s="6" t="s">
-        <v>282</v>
+        <v>303</v>
       </c>
       <c r="C683" s="6">
         <v>94</v>
       </c>
       <c r="D683" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E683" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="6" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B684" s="6" t="s">
-        <v>754</v>
+        <v>792</v>
       </c>
       <c r="C684" s="6">
         <v>94</v>
       </c>
       <c r="D684" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E684" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="6" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B685" s="6" t="s">
-        <v>755</v>
+        <v>793</v>
       </c>
       <c r="C685" s="6">
         <v>94</v>
       </c>
       <c r="E685" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="6" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B686" s="6" t="s">
-        <v>756</v>
+        <v>794</v>
       </c>
       <c r="C686" s="6">
         <v>94</v>
       </c>
-      <c r="D686" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E686" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="6" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B687" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C687" s="6">
         <v>94</v>
       </c>
       <c r="D687" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E687" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="6" t="s">
-        <v>757</v>
+        <v>795</v>
       </c>
       <c r="B688" s="6" t="s">
-        <v>758</v>
+        <v>796</v>
       </c>
       <c r="C688" s="6">
         <v>249</v>
       </c>
       <c r="E688" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="6" t="s">
-        <v>757</v>
+        <v>795</v>
       </c>
       <c r="B689" s="6" t="s">
-        <v>759</v>
+        <v>797</v>
       </c>
       <c r="C689" s="6">
         <v>249</v>
       </c>
       <c r="D689" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E689" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="6" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="B690" s="6" t="s">
-        <v>761</v>
+        <v>799</v>
       </c>
       <c r="C690" s="6">
         <v>597</v>
       </c>
       <c r="D690" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E690" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="6" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="B691" s="6" t="s">
-        <v>762</v>
+        <v>800</v>
       </c>
       <c r="C691" s="6">
         <v>597</v>
       </c>
       <c r="E691" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="6" t="s">
-        <v>763</v>
+        <v>801</v>
       </c>
       <c r="B692" s="6" t="s">
-        <v>764</v>
+        <v>802</v>
       </c>
       <c r="D692" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E692" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B693" s="6" t="s">
-        <v>766</v>
+        <v>804</v>
       </c>
       <c r="C693" s="6">
         <v>46</v>
       </c>
       <c r="E693" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B694" s="6" t="s">
-        <v>767</v>
+        <v>805</v>
       </c>
       <c r="C694" s="6">
         <v>46</v>
       </c>
       <c r="E694" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B695" s="6" t="s">
-        <v>768</v>
+        <v>806</v>
       </c>
       <c r="C695" s="6">
         <v>46</v>
       </c>
       <c r="E695" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B696" s="6" t="s">
-        <v>769</v>
+        <v>807</v>
       </c>
       <c r="C696" s="6">
         <v>46</v>
       </c>
       <c r="E696" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B697" s="6" t="s">
-        <v>770</v>
+        <v>808</v>
       </c>
       <c r="C697" s="6">
         <v>46</v>
       </c>
       <c r="E697" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B698" s="6" t="s">
-        <v>771</v>
+        <v>809</v>
       </c>
       <c r="C698" s="6">
         <v>46</v>
       </c>
       <c r="E698" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B699" s="6" t="s">
-        <v>772</v>
+        <v>810</v>
       </c>
       <c r="C699" s="6">
         <v>46</v>
       </c>
       <c r="E699" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B700" s="6" t="s">
-        <v>773</v>
+        <v>811</v>
       </c>
       <c r="C700" s="6">
         <v>46</v>
       </c>
       <c r="E700" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B701" s="6" t="s">
-        <v>774</v>
+        <v>812</v>
       </c>
       <c r="C701" s="6">
         <v>46</v>
       </c>
       <c r="E701" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B702" s="6" t="s">
-        <v>775</v>
+        <v>813</v>
       </c>
       <c r="C702" s="6">
         <v>46</v>
       </c>
       <c r="E702" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B703" s="6" t="s">
-        <v>776</v>
+        <v>814</v>
       </c>
       <c r="C703" s="6">
         <v>46</v>
       </c>
       <c r="E703" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B704" s="6" t="s">
-        <v>777</v>
+        <v>815</v>
       </c>
       <c r="C704" s="6">
         <v>46</v>
       </c>
       <c r="E704" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B705" s="6" t="s">
-        <v>778</v>
+        <v>816</v>
       </c>
       <c r="C705" s="6">
         <v>46</v>
       </c>
       <c r="E705" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B706" s="6" t="s">
-        <v>779</v>
+        <v>817</v>
       </c>
       <c r="C706" s="6">
         <v>46</v>
       </c>
       <c r="E706" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B707" s="6" t="s">
-        <v>780</v>
+        <v>818</v>
       </c>
       <c r="C707" s="6">
         <v>46</v>
       </c>
       <c r="E707" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B708" s="6" t="s">
-        <v>781</v>
+        <v>819</v>
       </c>
       <c r="C708" s="6">
         <v>46</v>
       </c>
       <c r="E708" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B709" s="6" t="s">
-        <v>782</v>
+        <v>820</v>
       </c>
       <c r="C709" s="6">
         <v>46</v>
       </c>
       <c r="E709" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B710" s="6" t="s">
-        <v>783</v>
+        <v>821</v>
       </c>
       <c r="C710" s="6">
         <v>46</v>
       </c>
       <c r="E710" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B711" s="6" t="s">
-        <v>784</v>
+        <v>822</v>
       </c>
       <c r="C711" s="6">
         <v>46</v>
       </c>
       <c r="E711" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B712" s="6" t="s">
-        <v>785</v>
+        <v>823</v>
       </c>
       <c r="C712" s="6">
         <v>46</v>
       </c>
       <c r="E712" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B713" s="6" t="s">
-        <v>786</v>
+        <v>824</v>
       </c>
       <c r="C713" s="6">
         <v>46</v>
       </c>
       <c r="E713" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B714" s="6" t="s">
-        <v>787</v>
+        <v>825</v>
       </c>
       <c r="C714" s="6">
         <v>46</v>
       </c>
       <c r="E714" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B715" s="6" t="s">
-        <v>788</v>
+        <v>826</v>
       </c>
       <c r="C715" s="6">
         <v>46</v>
       </c>
       <c r="E715" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B716" s="6" t="s">
-        <v>789</v>
+        <v>827</v>
       </c>
       <c r="C716" s="6">
         <v>46</v>
       </c>
       <c r="E716" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B717" s="6" t="s">
-        <v>790</v>
+        <v>828</v>
       </c>
       <c r="C717" s="6">
         <v>46</v>
       </c>
       <c r="E717" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B718" s="6" t="s">
-        <v>791</v>
+        <v>829</v>
       </c>
       <c r="C718" s="6">
         <v>46</v>
       </c>
       <c r="E718" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B719" s="6" t="s">
-        <v>792</v>
+        <v>830</v>
       </c>
       <c r="C719" s="6">
         <v>46</v>
       </c>
       <c r="E719" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B720" s="6" t="s">
-        <v>793</v>
+        <v>831</v>
       </c>
       <c r="C720" s="6">
         <v>46</v>
       </c>
       <c r="E720" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B721" s="6" t="s">
-        <v>794</v>
+        <v>832</v>
       </c>
       <c r="C721" s="6">
         <v>46</v>
       </c>
       <c r="E721" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B722" s="6" t="s">
-        <v>795</v>
+        <v>833</v>
       </c>
       <c r="C722" s="6">
         <v>46</v>
       </c>
       <c r="E722" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B723" s="6" t="s">
-        <v>796</v>
+        <v>834</v>
       </c>
       <c r="C723" s="6">
         <v>46</v>
       </c>
       <c r="E723" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B724" s="6" t="s">
-        <v>797</v>
+        <v>835</v>
       </c>
       <c r="C724" s="6">
         <v>46</v>
       </c>
       <c r="E724" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B725" s="6" t="s">
-        <v>798</v>
+        <v>836</v>
       </c>
       <c r="C725" s="6">
         <v>46</v>
       </c>
       <c r="E725" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B726" s="6" t="s">
-        <v>799</v>
+        <v>837</v>
       </c>
       <c r="C726" s="6">
         <v>46</v>
       </c>
       <c r="E726" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B727" s="6" t="s">
-        <v>800</v>
+        <v>838</v>
       </c>
       <c r="C727" s="6">
         <v>46</v>
       </c>
       <c r="E727" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B728" s="6" t="s">
-        <v>801</v>
+        <v>839</v>
       </c>
       <c r="C728" s="6">
         <v>46</v>
       </c>
       <c r="E728" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B729" s="6" t="s">
-        <v>802</v>
+        <v>840</v>
       </c>
       <c r="C729" s="6">
         <v>46</v>
       </c>
       <c r="E729" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B730" s="6" t="s">
-        <v>803</v>
+        <v>841</v>
       </c>
       <c r="C730" s="6">
         <v>46</v>
       </c>
       <c r="E730" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B731" s="6" t="s">
-        <v>804</v>
+        <v>842</v>
       </c>
       <c r="C731" s="6">
         <v>46</v>
       </c>
       <c r="E731" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B732" s="6" t="s">
-        <v>805</v>
+        <v>843</v>
       </c>
       <c r="C732" s="6">
         <v>46</v>
       </c>
       <c r="E732" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B733" s="6" t="s">
-        <v>806</v>
+        <v>844</v>
       </c>
       <c r="C733" s="6">
         <v>46</v>
       </c>
       <c r="E733" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B734" s="6" t="s">
-        <v>807</v>
+        <v>845</v>
       </c>
       <c r="C734" s="6">
         <v>46</v>
       </c>
       <c r="E734" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B735" s="6" t="s">
-        <v>808</v>
+        <v>846</v>
       </c>
       <c r="C735" s="6">
         <v>46</v>
       </c>
       <c r="E735" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B736" s="6" t="s">
-        <v>809</v>
+        <v>847</v>
       </c>
       <c r="C736" s="6">
         <v>46</v>
       </c>
       <c r="E736" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B737" s="6" t="s">
-        <v>810</v>
+        <v>848</v>
       </c>
       <c r="C737" s="6">
         <v>46</v>
       </c>
       <c r="E737" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B738" s="6" t="s">
-        <v>811</v>
+        <v>849</v>
       </c>
       <c r="C738" s="6">
         <v>46</v>
       </c>
       <c r="E738" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B739" s="6" t="s">
-        <v>812</v>
+        <v>850</v>
       </c>
       <c r="C739" s="6">
         <v>46</v>
       </c>
       <c r="E739" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B740" s="6" t="s">
-        <v>813</v>
+        <v>851</v>
       </c>
       <c r="C740" s="6">
         <v>46</v>
       </c>
       <c r="E740" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B741" s="6" t="s">
-        <v>814</v>
+        <v>852</v>
       </c>
       <c r="C741" s="6">
         <v>46</v>
       </c>
       <c r="E741" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B742" s="6" t="s">
-        <v>815</v>
+        <v>853</v>
       </c>
       <c r="C742" s="6">
         <v>46</v>
       </c>
       <c r="E742" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B743" s="6" t="s">
-        <v>816</v>
+        <v>854</v>
       </c>
       <c r="C743" s="6">
         <v>46</v>
       </c>
       <c r="E743" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B744" s="6" t="s">
-        <v>817</v>
+        <v>855</v>
       </c>
       <c r="C744" s="6">
         <v>46</v>
       </c>
       <c r="E744" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B745" s="6" t="s">
-        <v>818</v>
+        <v>856</v>
       </c>
       <c r="C745" s="6">
         <v>46</v>
       </c>
       <c r="E745" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B746" s="6" t="s">
-        <v>819</v>
+        <v>857</v>
       </c>
       <c r="C746" s="6">
         <v>46</v>
       </c>
       <c r="E746" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B747" s="6" t="s">
-        <v>820</v>
+        <v>858</v>
       </c>
       <c r="C747" s="6">
         <v>46</v>
       </c>
       <c r="E747" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B748" s="6" t="s">
-        <v>821</v>
+        <v>859</v>
       </c>
       <c r="C748" s="6">
         <v>46</v>
       </c>
       <c r="E748" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B749" s="6" t="s">
-        <v>822</v>
+        <v>860</v>
       </c>
       <c r="C749" s="6">
         <v>46</v>
       </c>
       <c r="E749" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B750" s="6" t="s">
-        <v>823</v>
+        <v>861</v>
       </c>
       <c r="C750" s="6">
         <v>46</v>
       </c>
       <c r="E750" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B751" s="6" t="s">
-        <v>824</v>
+        <v>862</v>
       </c>
       <c r="C751" s="6">
         <v>46</v>
       </c>
       <c r="E751" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B752" s="6" t="s">
-        <v>825</v>
+        <v>863</v>
       </c>
       <c r="C752" s="6">
         <v>46</v>
       </c>
       <c r="E752" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B753" s="6" t="s">
-        <v>826</v>
+        <v>864</v>
       </c>
       <c r="C753" s="6">
         <v>46</v>
       </c>
       <c r="E753" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B754" s="6" t="s">
-        <v>827</v>
+        <v>865</v>
       </c>
       <c r="C754" s="6">
         <v>46</v>
       </c>
       <c r="E754" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B755" s="6" t="s">
-        <v>828</v>
+        <v>866</v>
       </c>
       <c r="C755" s="6">
         <v>46</v>
       </c>
       <c r="E755" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B756" s="6" t="s">
-        <v>829</v>
+        <v>867</v>
       </c>
       <c r="C756" s="6">
         <v>46</v>
       </c>
       <c r="E756" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B757" s="6" t="s">
-        <v>830</v>
+        <v>868</v>
       </c>
       <c r="C757" s="6">
         <v>46</v>
       </c>
       <c r="E757" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B758" s="6" t="s">
-        <v>831</v>
+        <v>869</v>
       </c>
       <c r="C758" s="6">
         <v>46</v>
       </c>
       <c r="E758" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B759" s="6" t="s">
-        <v>832</v>
+        <v>870</v>
       </c>
       <c r="C759" s="6">
         <v>46</v>
       </c>
       <c r="E759" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B760" s="6" t="s">
-        <v>833</v>
+        <v>871</v>
       </c>
       <c r="C760" s="6">
         <v>46</v>
       </c>
       <c r="E760" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B761" s="6" t="s">
-        <v>834</v>
+        <v>872</v>
       </c>
       <c r="C761" s="6">
         <v>46</v>
       </c>
       <c r="E761" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B762" s="6" t="s">
-        <v>835</v>
+        <v>873</v>
       </c>
       <c r="C762" s="6">
         <v>46</v>
       </c>
       <c r="E762" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B763" s="6" t="s">
-        <v>836</v>
+        <v>874</v>
       </c>
       <c r="C763" s="6">
         <v>46</v>
       </c>
       <c r="E763" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B764" s="6" t="s">
-        <v>837</v>
+        <v>875</v>
       </c>
       <c r="C764" s="6">
         <v>46</v>
       </c>
       <c r="E764" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B765" s="6" t="s">
-        <v>838</v>
+        <v>876</v>
       </c>
       <c r="C765" s="6">
         <v>46</v>
       </c>
       <c r="E765" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B766" s="6" t="s">
-        <v>839</v>
+        <v>877</v>
       </c>
       <c r="C766" s="6">
         <v>46</v>
       </c>
       <c r="E766" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B767" s="6" t="s">
-        <v>840</v>
+        <v>878</v>
       </c>
       <c r="C767" s="6">
         <v>46</v>
       </c>
       <c r="E767" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B768" s="6" t="s">
-        <v>841</v>
+        <v>879</v>
       </c>
       <c r="C768" s="6">
         <v>46</v>
       </c>
       <c r="E768" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B769" s="6" t="s">
-        <v>842</v>
+        <v>880</v>
       </c>
       <c r="C769" s="6">
         <v>46</v>
       </c>
       <c r="E769" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B770" s="6" t="s">
-        <v>843</v>
+        <v>881</v>
       </c>
       <c r="C770" s="6">
         <v>46</v>
       </c>
       <c r="E770" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B771" s="6" t="s">
-        <v>844</v>
+        <v>882</v>
       </c>
       <c r="C771" s="6">
         <v>46</v>
       </c>
       <c r="E771" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" s="6" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B772" s="6" t="s">
-        <v>845</v>
+        <v>883</v>
       </c>
       <c r="C772" s="6">
         <v>46</v>
       </c>
       <c r="E772" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" s="6" t="s">
-        <v>846</v>
+        <v>884</v>
       </c>
       <c r="B773" s="6" t="s">
-        <v>847</v>
+        <v>885</v>
       </c>
       <c r="C773" s="6">
         <v>41</v>
       </c>
       <c r="E773" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" s="6" t="s">
-        <v>846</v>
+        <v>884</v>
       </c>
       <c r="B774" s="6" t="s">
-        <v>848</v>
+        <v>886</v>
       </c>
       <c r="C774" s="6">
         <v>41</v>
       </c>
       <c r="E774" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" s="6" t="s">
-        <v>846</v>
+        <v>884</v>
       </c>
       <c r="B775" s="6" t="s">
-        <v>479</v>
+        <v>887</v>
       </c>
       <c r="C775" s="6">
         <v>41</v>
       </c>
       <c r="E775" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" s="6" t="s">
-        <v>849</v>
+        <v>888</v>
       </c>
       <c r="B776" s="6" t="s">
-        <v>850</v>
+        <v>889</v>
       </c>
       <c r="C776" s="6">
         <v>963</v>
       </c>
-      <c r="D776" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E776" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" s="6" t="s">
-        <v>849</v>
+        <v>888</v>
       </c>
       <c r="B777" s="6" t="s">
-        <v>851</v>
+        <v>890</v>
       </c>
       <c r="C777" s="6">
         <v>963</v>
       </c>
       <c r="D777" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E777" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" s="6" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="B778" s="6" t="s">
-        <v>853</v>
+        <v>892</v>
       </c>
       <c r="C778" s="6">
         <v>886</v>
       </c>
       <c r="E778" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" s="6" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="B779" s="6" t="s">
-        <v>854</v>
+        <v>893</v>
       </c>
       <c r="C779" s="6">
         <v>886</v>
       </c>
       <c r="E779" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" s="6" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="B780" s="6" t="s">
-        <v>855</v>
+        <v>894</v>
       </c>
       <c r="C780" s="6">
         <v>886</v>
       </c>
       <c r="E780" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" s="6" t="s">
-        <v>856</v>
+        <v>895</v>
       </c>
       <c r="B781" s="6" t="s">
-        <v>857</v>
+        <v>896</v>
       </c>
       <c r="C781" s="6">
         <v>992</v>
       </c>
       <c r="D781" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E781" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" s="6" t="s">
-        <v>856</v>
+        <v>895</v>
       </c>
       <c r="B782" s="6" t="s">
-        <v>858</v>
+        <v>897</v>
       </c>
       <c r="C782" s="6">
         <v>992</v>
       </c>
       <c r="D782" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E782" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" s="6" t="s">
-        <v>856</v>
+        <v>895</v>
       </c>
       <c r="B783" s="6" t="s">
-        <v>859</v>
+        <v>898</v>
       </c>
       <c r="C783" s="6">
         <v>992</v>
       </c>
       <c r="D783" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E783" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" s="6" t="s">
-        <v>856</v>
+        <v>895</v>
       </c>
       <c r="B784" s="6" t="s">
-        <v>860</v>
+        <v>899</v>
       </c>
       <c r="C784" s="6">
         <v>992</v>
       </c>
       <c r="D784" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E784" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" s="6" t="s">
-        <v>861</v>
+        <v>900</v>
       </c>
       <c r="B785" s="6" t="s">
-        <v>862</v>
+        <v>901</v>
       </c>
       <c r="C785" s="6">
         <v>255</v>
       </c>
       <c r="D785" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E785" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" s="6" t="s">
-        <v>861</v>
+        <v>900</v>
       </c>
       <c r="B786" s="6" t="s">
-        <v>863</v>
+        <v>902</v>
       </c>
       <c r="C786" s="6">
         <v>255</v>
       </c>
       <c r="E786" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" s="6" t="s">
-        <v>861</v>
+        <v>900</v>
       </c>
       <c r="B787" s="6" t="s">
-        <v>864</v>
+        <v>903</v>
       </c>
       <c r="C787" s="6">
         <v>255</v>
       </c>
       <c r="E787" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" s="6" t="s">
-        <v>861</v>
+        <v>900</v>
       </c>
       <c r="B788" s="6" t="s">
-        <v>865</v>
+        <v>904</v>
       </c>
       <c r="C788" s="6">
         <v>255</v>
       </c>
       <c r="E788" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" s="6" t="s">
-        <v>861</v>
+        <v>900</v>
       </c>
       <c r="B789" s="6" t="s">
-        <v>866</v>
+        <v>905</v>
       </c>
       <c r="C789" s="6">
         <v>255</v>
       </c>
       <c r="E789" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" s="6" t="s">
-        <v>867</v>
+        <v>906</v>
       </c>
       <c r="B790" s="6" t="s">
-        <v>868</v>
+        <v>907</v>
       </c>
       <c r="C790" s="6">
         <v>66</v>
       </c>
       <c r="E790" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" s="6" t="s">
-        <v>867</v>
+        <v>906</v>
       </c>
       <c r="B791" s="6" t="s">
-        <v>869</v>
+        <v>908</v>
       </c>
       <c r="C791" s="6">
         <v>66</v>
       </c>
       <c r="E791" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" s="6" t="s">
-        <v>867</v>
+        <v>906</v>
       </c>
       <c r="B792" s="6" t="s">
-        <v>870</v>
+        <v>909</v>
       </c>
       <c r="C792" s="6">
         <v>66</v>
       </c>
       <c r="E792" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" s="6" t="s">
-        <v>867</v>
+        <v>906</v>
       </c>
       <c r="B793" s="6" t="s">
-        <v>871</v>
+        <v>910</v>
       </c>
       <c r="C793" s="6">
         <v>66</v>
       </c>
       <c r="E793" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" s="6" t="s">
-        <v>867</v>
+        <v>906</v>
       </c>
       <c r="B794" s="6" t="s">
-        <v>872</v>
+        <v>911</v>
       </c>
       <c r="C794" s="6">
         <v>66</v>
       </c>
       <c r="E794" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" s="6" t="s">
-        <v>873</v>
+        <v>912</v>
       </c>
       <c r="B795" s="6" t="s">
-        <v>874</v>
+        <v>913</v>
       </c>
       <c r="E795" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" s="6" t="s">
-        <v>873</v>
+        <v>912</v>
       </c>
       <c r="B796" s="6" t="s">
-        <v>875</v>
+        <v>914</v>
       </c>
       <c r="E796" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" s="6" t="s">
-        <v>876</v>
+        <v>915</v>
       </c>
       <c r="B797" s="6" t="s">
-        <v>877</v>
+        <v>916</v>
       </c>
       <c r="C797" s="6">
         <v>228</v>
       </c>
       <c r="E797" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" s="6" t="s">
-        <v>876</v>
+        <v>915</v>
       </c>
       <c r="B798" s="6" t="s">
-        <v>878</v>
+        <v>917</v>
       </c>
       <c r="C798" s="6">
         <v>228</v>
       </c>
       <c r="E798" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" s="6" t="s">
-        <v>879</v>
+        <v>918</v>
       </c>
       <c r="B799" s="6" t="s">
-        <v>880</v>
+        <v>919</v>
       </c>
       <c r="C799" s="6">
         <v>676</v>
       </c>
       <c r="E799" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" s="6" t="s">
-        <v>879</v>
+        <v>918</v>
       </c>
       <c r="B800" s="6" t="s">
-        <v>881</v>
+        <v>920</v>
       </c>
       <c r="C800" s="6">
         <v>676</v>
       </c>
       <c r="E800" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" s="6" t="s">
-        <v>882</v>
+        <v>921</v>
       </c>
       <c r="B801" s="6" t="s">
-        <v>883</v>
+        <v>922</v>
       </c>
       <c r="C801" s="6">
         <v>1868</v>
       </c>
       <c r="E801" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" s="6" t="s">
-        <v>882</v>
+        <v>921</v>
       </c>
       <c r="B802" s="6" t="s">
-        <v>884</v>
+        <v>923</v>
       </c>
       <c r="C802" s="6">
         <v>1868</v>
       </c>
       <c r="E802" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" s="6" t="s">
-        <v>885</v>
+        <v>924</v>
       </c>
       <c r="B803" s="6" t="s">
-        <v>886</v>
+        <v>925</v>
       </c>
       <c r="C803" s="6">
         <v>216</v>
       </c>
       <c r="E803" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="6" t="s">
-        <v>885</v>
+        <v>924</v>
       </c>
       <c r="B804" s="6" t="s">
-        <v>887</v>
+        <v>926</v>
       </c>
       <c r="C804" s="6">
         <v>216</v>
       </c>
       <c r="D804" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E804" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" s="6" t="s">
-        <v>885</v>
+        <v>924</v>
       </c>
       <c r="B805" s="6" t="s">
-        <v>888</v>
+        <v>927</v>
       </c>
       <c r="C805" s="6">
         <v>216</v>
       </c>
       <c r="D805" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E805" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" s="6" t="s">
-        <v>889</v>
+        <v>928</v>
       </c>
       <c r="B806" s="6" t="s">
-        <v>890</v>
+        <v>929</v>
       </c>
       <c r="C806" s="6">
         <v>90</v>
       </c>
       <c r="E806" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" s="6" t="s">
-        <v>889</v>
+        <v>928</v>
       </c>
       <c r="B807" s="6" t="s">
-        <v>891</v>
+        <v>930</v>
       </c>
       <c r="C807" s="6">
         <v>90</v>
       </c>
       <c r="E807" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" s="6" t="s">
-        <v>889</v>
+        <v>928</v>
       </c>
       <c r="B808" s="6" t="s">
-        <v>892</v>
+        <v>931</v>
       </c>
       <c r="C808" s="6">
         <v>90</v>
       </c>
       <c r="E808" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" s="6" t="s">
-        <v>893</v>
+        <v>932</v>
       </c>
       <c r="B809" s="6" t="s">
-        <v>894</v>
+        <v>933</v>
       </c>
       <c r="C809" s="6">
         <v>993</v>
       </c>
       <c r="E809" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" s="6" t="s">
-        <v>895</v>
+        <v>934</v>
       </c>
       <c r="B810" s="6" t="s">
-        <v>896</v>
+        <v>935</v>
       </c>
       <c r="C810" s="6">
         <v>1876</v>
       </c>
       <c r="D810" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E810" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" s="6" t="s">
-        <v>895</v>
+        <v>934</v>
       </c>
       <c r="B811" s="6" t="s">
-        <v>897</v>
+        <v>936</v>
       </c>
       <c r="C811" s="6">
         <v>1876</v>
       </c>
       <c r="E811" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" s="6" t="s">
-        <v>898</v>
+        <v>937</v>
       </c>
       <c r="B812" s="6" t="s">
-        <v>899</v>
+        <v>938</v>
       </c>
       <c r="C812" s="6">
         <v>256</v>
       </c>
       <c r="D812" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E812" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" s="6" t="s">
-        <v>898</v>
+        <v>937</v>
       </c>
       <c r="B813" s="6" t="s">
-        <v>900</v>
+        <v>939</v>
       </c>
       <c r="C813" s="6">
         <v>256</v>
       </c>
       <c r="D813" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E813" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" s="6" t="s">
-        <v>898</v>
+        <v>937</v>
       </c>
       <c r="B814" s="6" t="s">
-        <v>901</v>
+        <v>940</v>
       </c>
       <c r="C814" s="6">
         <v>256</v>
       </c>
       <c r="D814" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E814" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" s="6" t="s">
-        <v>898</v>
+        <v>937</v>
       </c>
       <c r="B815" s="6" t="s">
-        <v>902</v>
+        <v>941</v>
       </c>
       <c r="C815" s="6">
         <v>256</v>
       </c>
       <c r="D815" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E815" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" s="6" t="s">
-        <v>898</v>
+        <v>937</v>
       </c>
       <c r="B816" s="6" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C816" s="6">
         <v>256</v>
       </c>
       <c r="D816" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E816" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B817" s="6" t="s">
-        <v>904</v>
+        <v>943</v>
       </c>
       <c r="C817" s="6">
         <v>380</v>
       </c>
       <c r="E817" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B818" s="6" t="s">
-        <v>905</v>
+        <v>944</v>
       </c>
       <c r="C818" s="6">
         <v>380</v>
       </c>
       <c r="E818" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B819" s="6" t="s">
-        <v>906</v>
+        <v>945</v>
       </c>
       <c r="C819" s="6">
         <v>380</v>
       </c>
+      <c r="D819" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="E819" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B820" s="6" t="s">
-        <v>907</v>
+        <v>946</v>
       </c>
       <c r="C820" s="6">
         <v>380</v>
       </c>
       <c r="D820" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E820" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B821" s="6" t="s">
-        <v>908</v>
+        <v>947</v>
       </c>
       <c r="C821" s="6">
         <v>380</v>
       </c>
       <c r="E821" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" s="6" t="s">
-        <v>903</v>
+        <v>942</v>
       </c>
       <c r="B822" s="6" t="s">
-        <v>909</v>
+        <v>948</v>
       </c>
       <c r="C822" s="6">
         <v>380</v>
       </c>
       <c r="D822" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E822" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" s="6" t="s">
-        <v>910</v>
+        <v>949</v>
       </c>
       <c r="B823" s="6" t="s">
-        <v>911</v>
+        <v>950</v>
       </c>
       <c r="C823" s="6">
         <v>971</v>
       </c>
       <c r="E823" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" s="6" t="s">
-        <v>910</v>
+        <v>949</v>
       </c>
       <c r="B824" s="6" t="s">
-        <v>912</v>
+        <v>951</v>
       </c>
       <c r="C824" s="6">
         <v>971</v>
       </c>
       <c r="E824" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B825" s="6" t="s">
-        <v>914</v>
+        <v>953</v>
       </c>
       <c r="C825" s="6">
         <v>44</v>
       </c>
       <c r="E825" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B826" s="6" t="s">
-        <v>915</v>
+        <v>954</v>
       </c>
       <c r="C826" s="6">
         <v>44</v>
       </c>
       <c r="E826" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B827" s="6" t="s">
-        <v>916</v>
+        <v>955</v>
       </c>
       <c r="C827" s="6">
         <v>44</v>
       </c>
       <c r="E827" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B828" s="6" t="s">
-        <v>917</v>
+        <v>956</v>
       </c>
       <c r="C828" s="6">
         <v>44</v>
       </c>
       <c r="E828" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B829" s="6" t="s">
-        <v>918</v>
+        <v>957</v>
       </c>
       <c r="C829" s="6">
         <v>44</v>
       </c>
       <c r="E829" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B830" s="6" t="s">
-        <v>919</v>
+        <v>958</v>
       </c>
       <c r="C830" s="6">
         <v>44</v>
       </c>
       <c r="E830" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B831" s="6" t="s">
-        <v>920</v>
+        <v>959</v>
       </c>
       <c r="C831" s="6">
         <v>44</v>
       </c>
       <c r="E831" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B832" s="6" t="s">
-        <v>921</v>
+        <v>960</v>
       </c>
       <c r="C832" s="6">
         <v>44</v>
       </c>
       <c r="E832" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B833" s="6" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="C833" s="6">
         <v>44</v>
       </c>
       <c r="E833" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B834" s="6" t="s">
-        <v>922</v>
+        <v>961</v>
       </c>
       <c r="C834" s="6">
         <v>44</v>
       </c>
       <c r="E834" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B835" s="6" t="s">
-        <v>923</v>
+        <v>962</v>
       </c>
       <c r="C835" s="6">
         <v>44</v>
       </c>
       <c r="E835" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B836" s="6" t="s">
-        <v>924</v>
+        <v>963</v>
       </c>
       <c r="C836" s="6">
         <v>44</v>
       </c>
-      <c r="E836" s="6" t="s">
-        <v>26</v>
+      <c r="E836" s="11" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B837" s="6" t="s">
-        <v>925</v>
+        <v>964</v>
       </c>
       <c r="C837" s="6">
         <v>44</v>
       </c>
-      <c r="E837" s="6" t="s">
-        <v>26</v>
+      <c r="E837" s="11" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B838" s="6" t="s">
-        <v>926</v>
+        <v>965</v>
       </c>
       <c r="C838" s="6">
         <v>44</v>
       </c>
       <c r="E838" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B839" s="6" t="s">
-        <v>927</v>
+        <v>966</v>
       </c>
       <c r="C839" s="6">
         <v>44</v>
       </c>
       <c r="E839" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B840" s="6" t="s">
-        <v>928</v>
+        <v>967</v>
       </c>
       <c r="C840" s="6">
         <v>44</v>
       </c>
       <c r="E840" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B841" s="6" t="s">
-        <v>929</v>
+        <v>968</v>
       </c>
       <c r="C841" s="6">
         <v>44</v>
       </c>
       <c r="E841" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B842" s="6" t="s">
-        <v>930</v>
+        <v>969</v>
       </c>
       <c r="C842" s="6">
         <v>44</v>
       </c>
       <c r="E842" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B843" s="6" t="s">
-        <v>931</v>
+        <v>970</v>
       </c>
       <c r="C843" s="6">
         <v>44</v>
       </c>
       <c r="E843" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B844" s="6" t="s">
-        <v>932</v>
+        <v>971</v>
       </c>
       <c r="C844" s="6">
         <v>44</v>
       </c>
-      <c r="E844" s="6" t="s">
-        <v>26</v>
+      <c r="E844" s="11" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845" s="6" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="B845" s="6" t="s">
-        <v>933</v>
+        <v>972</v>
       </c>
       <c r="C845" s="6">
         <v>44</v>
       </c>
       <c r="E845" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B846" s="6" t="s">
-        <v>935</v>
+        <v>974</v>
       </c>
       <c r="C846" s="6">
         <v>1</v>
       </c>
       <c r="D846" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E846" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B847" s="6" t="s">
-        <v>937</v>
+        <v>976</v>
       </c>
       <c r="C847" s="6">
         <v>1</v>
       </c>
       <c r="D847" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E847" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B848" s="6" t="s">
-        <v>938</v>
+        <v>977</v>
       </c>
       <c r="C848" s="6">
         <v>1</v>
       </c>
       <c r="D848" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E848" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B849" s="6" t="s">
-        <v>939</v>
+        <v>978</v>
       </c>
       <c r="C849" s="6">
         <v>1</v>
       </c>
       <c r="D849" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E849" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B850" s="6" t="s">
-        <v>940</v>
+        <v>979</v>
       </c>
       <c r="C850" s="6">
         <v>1</v>
       </c>
       <c r="D850" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E850" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B851" s="6" t="s">
-        <v>941</v>
+        <v>980</v>
       </c>
       <c r="C851" s="6">
         <v>1</v>
       </c>
       <c r="D851" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E851" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B852" s="6" t="s">
-        <v>942</v>
+        <v>981</v>
       </c>
       <c r="C852" s="6">
         <v>1</v>
       </c>
       <c r="D852" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E852" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B853" s="6" t="s">
-        <v>943</v>
+        <v>982</v>
       </c>
       <c r="C853" s="6">
         <v>1</v>
       </c>
       <c r="D853" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E853" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B854" s="6" t="s">
-        <v>944</v>
+        <v>983</v>
       </c>
       <c r="C854" s="6">
         <v>1</v>
       </c>
       <c r="D854" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E854" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B855" s="6" t="s">
-        <v>945</v>
+        <v>984</v>
       </c>
       <c r="C855" s="6">
         <v>1</v>
       </c>
       <c r="D855" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E855" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B856" s="6" t="s">
-        <v>946</v>
+        <v>985</v>
       </c>
       <c r="C856" s="6">
         <v>1</v>
       </c>
       <c r="D856" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E856" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857" s="6" t="s">
-        <v>934</v>
+        <v>973</v>
       </c>
       <c r="B857" s="6" t="s">
-        <v>203</v>
+        <v>520</v>
       </c>
       <c r="C857" s="6">
         <v>1</v>
       </c>
       <c r="D857" s="6" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="E857" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858" s="6" t="s">
-        <v>947</v>
+        <v>986</v>
       </c>
       <c r="B858" s="6" t="s">
-        <v>948</v>
+        <v>987</v>
       </c>
       <c r="C858" s="6">
         <v>598</v>
       </c>
       <c r="D858" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E858" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859" s="6" t="s">
-        <v>947</v>
+        <v>986</v>
       </c>
       <c r="B859" s="6" t="s">
-        <v>949</v>
+        <v>988</v>
       </c>
       <c r="C859" s="6">
         <v>598</v>
       </c>
       <c r="D859" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E859" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860" s="6" t="s">
-        <v>947</v>
+        <v>986</v>
       </c>
       <c r="B860" s="6" t="s">
-        <v>950</v>
+        <v>989</v>
       </c>
       <c r="C860" s="6">
         <v>598</v>
       </c>
       <c r="D860" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E860" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861" s="6" t="s">
-        <v>951</v>
+        <v>990</v>
       </c>
       <c r="B861" s="6" t="s">
-        <v>952</v>
+        <v>991</v>
       </c>
       <c r="C861" s="6">
         <v>998</v>
       </c>
       <c r="E861" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862" s="6" t="s">
-        <v>951</v>
+        <v>990</v>
       </c>
       <c r="B862" s="6" t="s">
-        <v>953</v>
+        <v>992</v>
       </c>
       <c r="C862" s="6">
         <v>998</v>
       </c>
       <c r="E862" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863" s="6" t="s">
-        <v>951</v>
+        <v>990</v>
       </c>
       <c r="B863" s="6" t="s">
-        <v>954</v>
+        <v>993</v>
       </c>
       <c r="C863" s="6">
         <v>998</v>
       </c>
       <c r="E863" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864" s="6" t="s">
-        <v>951</v>
+        <v>990</v>
       </c>
       <c r="B864" s="6" t="s">
-        <v>633</v>
+        <v>671</v>
       </c>
       <c r="C864" s="6">
         <v>998</v>
       </c>
       <c r="E864" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865" s="6" t="s">
-        <v>951</v>
+        <v>990</v>
       </c>
       <c r="B865" s="6" t="s">
-        <v>955</v>
+        <v>994</v>
       </c>
       <c r="C865" s="6">
         <v>998</v>
       </c>
       <c r="E865" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866" s="6" t="s">
-        <v>956</v>
+        <v>995</v>
       </c>
       <c r="B866" s="6" t="s">
-        <v>957</v>
+        <v>996</v>
       </c>
       <c r="C866" s="6">
         <v>678</v>
       </c>
       <c r="E866" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867" s="6" t="s">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="B867" s="6" t="s">
-        <v>959</v>
+        <v>998</v>
       </c>
       <c r="C867" s="6">
         <v>58</v>
       </c>
       <c r="D867" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E867" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868" s="6" t="s">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="B868" s="6" t="s">
-        <v>960</v>
+        <v>999</v>
       </c>
       <c r="C868" s="6">
         <v>58</v>
       </c>
       <c r="E868" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869" s="6" t="s">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="B869" s="6" t="s">
-        <v>961</v>
+        <v>1000</v>
       </c>
       <c r="C869" s="6">
         <v>58</v>
       </c>
       <c r="E869" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B870" s="6" t="s">
-        <v>963</v>
+        <v>1002</v>
       </c>
       <c r="C870" s="6">
         <v>84</v>
       </c>
       <c r="D870" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E870" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B871" s="6" t="s">
-        <v>964</v>
+        <v>1003</v>
       </c>
       <c r="C871" s="6">
         <v>84</v>
       </c>
       <c r="D871" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E871" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B872" s="6" t="s">
-        <v>965</v>
+        <v>1004</v>
       </c>
       <c r="C872" s="6">
         <v>84</v>
       </c>
       <c r="D872" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E872" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B873" s="6" t="s">
-        <v>966</v>
+        <v>1005</v>
       </c>
       <c r="C873" s="6">
         <v>84</v>
       </c>
       <c r="E873" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B874" s="6" t="s">
-        <v>967</v>
+        <v>1006</v>
       </c>
       <c r="C874" s="6">
         <v>84</v>
       </c>
       <c r="D874" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E874" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875" s="6" t="s">
-        <v>968</v>
+        <v>1007</v>
       </c>
       <c r="B875" s="6" t="s">
-        <v>969</v>
+        <v>1008</v>
       </c>
       <c r="C875" s="6">
         <v>284</v>
       </c>
       <c r="E875" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876" s="6" t="s">
-        <v>968</v>
+        <v>1007</v>
       </c>
       <c r="B876" s="6" t="s">
-        <v>970</v>
+        <v>1009</v>
       </c>
       <c r="C876" s="6">
         <v>284</v>
       </c>
       <c r="E876" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877" s="6" t="s">
-        <v>968</v>
+        <v>1007</v>
       </c>
       <c r="B877" s="6" t="s">
-        <v>971</v>
+        <v>1010</v>
       </c>
       <c r="C877" s="6">
         <v>284</v>
       </c>
       <c r="E877" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878" s="6" t="s">
-        <v>972</v>
+        <v>1011</v>
       </c>
       <c r="B878" s="6" t="s">
-        <v>973</v>
+        <v>1012</v>
       </c>
       <c r="C878" s="6">
         <v>967</v>
       </c>
       <c r="E878" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879" s="6" t="s">
-        <v>972</v>
+        <v>1011</v>
       </c>
       <c r="B879" s="6" t="s">
-        <v>974</v>
+        <v>1013</v>
       </c>
       <c r="C879" s="6">
         <v>967</v>
       </c>
       <c r="E879" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880" s="6" t="s">
-        <v>972</v>
+        <v>1011</v>
       </c>
       <c r="B880" s="6" t="s">
-        <v>975</v>
+        <v>1014</v>
       </c>
       <c r="C880" s="6">
         <v>967</v>
       </c>
       <c r="E880" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881" s="6" t="s">
-        <v>757</v>
+        <v>795</v>
       </c>
       <c r="B881" s="6" t="s">
-        <v>976</v>
+        <v>1015</v>
       </c>
       <c r="C881" s="6">
         <v>249</v>
       </c>
       <c r="D881" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E881" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882" s="6" t="s">
-        <v>978</v>
+        <v>1017</v>
       </c>
       <c r="B882" s="6" t="s">
-        <v>979</v>
+        <v>1018</v>
       </c>
       <c r="C882" s="6">
         <v>260</v>
       </c>
       <c r="E882" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883" s="6" t="s">
-        <v>978</v>
+        <v>1017</v>
       </c>
       <c r="B883" s="6" t="s">
-        <v>980</v>
+        <v>1019</v>
       </c>
       <c r="C883" s="6">
         <v>260</v>
       </c>
       <c r="D883" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E883" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884" s="6" t="s">
-        <v>978</v>
+        <v>1017</v>
       </c>
       <c r="B884" s="6" t="s">
-        <v>981</v>
+        <v>1020</v>
       </c>
       <c r="C884" s="6">
         <v>260</v>
       </c>
       <c r="D884" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E884" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885" s="6" t="s">
-        <v>982</v>
+        <v>1021</v>
       </c>
       <c r="B885" s="6" t="s">
-        <v>983</v>
+        <v>1022</v>
       </c>
       <c r="C885" s="6">
         <v>263</v>
       </c>
       <c r="E885" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886" s="6" t="s">
-        <v>982</v>
+        <v>1021</v>
       </c>
       <c r="B886" s="6" t="s">
-        <v>984</v>
+        <v>1023</v>
       </c>
       <c r="C886" s="6">
         <v>263</v>
       </c>
       <c r="E886" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887" s="6" t="s">
-        <v>982</v>
+        <v>1021</v>
       </c>
       <c r="B887" s="6" t="s">
-        <v>985</v>
+        <v>1024</v>
       </c>
       <c r="C887" s="6">
         <v>263</v>
       </c>
       <c r="E887" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888" s="6" t="s">
-        <v>763</v>
+        <v>801</v>
       </c>
       <c r="B888" s="6" t="s">
-        <v>986</v>
+        <v>1025</v>
       </c>
       <c r="D888" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E888" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889" s="6" t="s">
-        <v>518</v>
+        <v>551</v>
       </c>
       <c r="B889" s="6" t="s">
-        <v>987</v>
+        <v>1026</v>
       </c>
       <c r="C889" s="6">
         <v>52</v>
       </c>
       <c r="D889" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E889" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B890" s="6" t="s">
-        <v>988</v>
+        <v>1027</v>
       </c>
       <c r="C890" s="6">
         <v>84</v>
       </c>
       <c r="D890" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E890" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891" s="6" t="s">
-        <v>962</v>
+        <v>1001</v>
       </c>
       <c r="B891" s="6" t="s">
-        <v>989</v>
+        <v>1028</v>
       </c>
       <c r="C891" s="6">
         <v>84</v>
       </c>
       <c r="D891" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E891" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892" s="6" t="s">
-        <v>544</v>
+        <v>578</v>
       </c>
       <c r="B892" s="6" t="s">
-        <v>990</v>
+        <v>1029</v>
       </c>
       <c r="C892" s="6">
         <v>95</v>
       </c>
       <c r="D892" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E892" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893" s="6" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B893" s="6" t="s">
-        <v>991</v>
+        <v>1030</v>
       </c>
       <c r="C893" s="6">
         <v>20</v>
       </c>
       <c r="D893" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E893" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894" s="6" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
       <c r="B894" s="6" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C894" s="6">
         <v>227</v>
       </c>
       <c r="D894" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E894" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895" s="6" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
       <c r="B895" s="6" t="s">
-        <v>992</v>
+        <v>1031</v>
       </c>
       <c r="C895" s="6">
         <v>227</v>
       </c>
       <c r="D895" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E895" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896" s="6" t="s">
-        <v>507</v>
+        <v>540</v>
       </c>
       <c r="B896" s="6" t="s">
-        <v>993</v>
+        <v>1032</v>
       </c>
       <c r="D896" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E896" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897" s="6" t="s">
-        <v>956</v>
+        <v>995</v>
       </c>
       <c r="B897" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C897" s="6">
         <v>678</v>
       </c>
       <c r="D897" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E897" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898" s="6" t="s">
-        <v>873</v>
+        <v>912</v>
       </c>
       <c r="B898" s="6" t="s">
-        <v>994</v>
+        <v>1033</v>
       </c>
       <c r="D898" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E898" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899" s="6" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
       <c r="B899" s="6" t="s">
-        <v>995</v>
+        <v>1034</v>
       </c>
       <c r="C899" s="6">
         <v>64</v>
       </c>
       <c r="D899" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E899" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900" s="6" t="s">
-        <v>849</v>
+        <v>888</v>
       </c>
       <c r="B900" s="6" t="s">
-        <v>996</v>
+        <v>1035</v>
       </c>
       <c r="C900" s="6">
         <v>963</v>
       </c>
       <c r="D900" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E900" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B901" s="6" t="s">
-        <v>959</v>
+        <v>998</v>
       </c>
       <c r="C901" s="6">
         <v>211</v>
       </c>
       <c r="D901" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E901" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B902" s="6" t="s">
-        <v>997</v>
+        <v>1036</v>
       </c>
       <c r="C902" s="6">
         <v>211</v>
       </c>
       <c r="D902" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E902" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B903" s="6" t="s">
-        <v>998</v>
+        <v>1037</v>
       </c>
       <c r="C903" s="6">
         <v>211</v>
       </c>
       <c r="D903" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E903" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B904" s="6" t="s">
-        <v>999</v>
+        <v>1038</v>
       </c>
       <c r="C904" s="6">
         <v>211</v>
       </c>
       <c r="D904" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E904" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905" s="6" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B905" s="6" t="s">
-        <v>976</v>
+        <v>1015</v>
       </c>
       <c r="C905" s="6">
         <v>211</v>
       </c>
       <c r="D905" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E905" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906" s="6" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="B906" s="6" t="s">
-        <v>1000</v>
+        <v>1039</v>
       </c>
       <c r="C906" s="6">
         <v>252</v>
       </c>
-      <c r="D906" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E906" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907" s="6" t="s">
-        <v>677</v>
+        <v>715</v>
       </c>
       <c r="B907" s="6" t="s">
-        <v>1001</v>
+        <v>1040</v>
       </c>
       <c r="C907" s="6">
         <v>65</v>
       </c>
       <c r="D907" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E907" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908" s="6" t="s">
-        <v>667</v>
+        <v>705</v>
       </c>
       <c r="B908" s="6" t="s">
-        <v>1002</v>
+        <v>1041</v>
       </c>
       <c r="C908" s="6">
         <v>381</v>
       </c>
       <c r="D908" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E908" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909" s="6" t="s">
-        <v>655</v>
+        <v>693</v>
       </c>
       <c r="B909" s="6" t="s">
-        <v>1003</v>
+        <v>1042</v>
       </c>
       <c r="C909" s="6">
         <v>239</v>
       </c>
       <c r="D909" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E909" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910" s="6" t="s">
-        <v>600</v>
+        <v>635</v>
       </c>
       <c r="B910" s="6" t="s">
-        <v>1004</v>
+        <v>1043</v>
       </c>
       <c r="C910" s="6">
         <v>675</v>
       </c>
       <c r="D910" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E910" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911" s="6" t="s">
-        <v>566</v>
+        <v>601</v>
       </c>
       <c r="B911" s="6" t="s">
-        <v>1005</v>
+        <v>1044</v>
       </c>
       <c r="C911" s="6">
         <v>505</v>
       </c>
       <c r="D911" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E911" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912" s="6" t="s">
-        <v>535</v>
+        <v>568</v>
       </c>
       <c r="B912" s="6" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="C912" s="6">
         <v>1664</v>
       </c>
       <c r="D912" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E912" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913" s="6" t="s">
-        <v>475</v>
+        <v>504</v>
       </c>
       <c r="B913" s="6" t="s">
-        <v>1006</v>
+        <v>1045</v>
       </c>
       <c r="C913" s="6">
         <v>218</v>
       </c>
       <c r="D913" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E913" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914" s="6" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B914" s="6" t="s">
-        <v>1007</v>
+        <v>1046</v>
       </c>
       <c r="C914" s="6">
         <v>501</v>
       </c>
       <c r="D914" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E914" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B915" s="6" t="s">
-        <v>1008</v>
+        <v>1047</v>
       </c>
       <c r="C915" s="6">
         <v>1246</v>
       </c>
       <c r="D915" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E915" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916" s="6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B916" s="6" t="s">
-        <v>1009</v>
+        <v>1048</v>
       </c>
       <c r="C916" s="6">
         <v>994</v>
       </c>
       <c r="D916" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E916" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917" s="6" t="s">
-        <v>585</v>
+        <v>620</v>
       </c>
       <c r="B917" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C917" s="6">
         <v>968</v>
       </c>
       <c r="D917" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E917" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918" s="6" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B918" s="6" t="s">
-        <v>1010</v>
+        <v>1049</v>
       </c>
       <c r="C918" s="6">
         <v>1671</v>
       </c>
       <c r="D918" s="6" t="s">
-        <v>977</v>
+        <v>1016</v>
       </c>
       <c r="E918" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919" s="6" t="s">
-        <v>580</v>
+        <v>615</v>
       </c>
       <c r="B919" s="6" t="s">
-        <v>1011</v>
+        <v>1050</v>
       </c>
       <c r="C919" s="6">
         <v>47</v>
       </c>
       <c r="E919" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920" s="6" t="s">
-        <v>1012</v>
+        <v>1051</v>
       </c>
       <c r="B920" s="6" t="s">
-        <v>1013</v>
+        <v>1052</v>
       </c>
       <c r="D920" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E920" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921" s="6" t="s">
-        <v>1014</v>
+        <v>1053</v>
       </c>
       <c r="B921" s="6" t="s">
-        <v>1015</v>
+        <v>1054</v>
       </c>
       <c r="C921" s="6">
         <v>850</v>
       </c>
       <c r="E921" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922" s="6" t="s">
-        <v>1014</v>
+        <v>1053</v>
       </c>
       <c r="B922" s="6" t="s">
-        <v>1016</v>
+        <v>1055</v>
       </c>
       <c r="C922" s="6">
         <v>850</v>
       </c>
       <c r="E922" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923" s="6" t="s">
-        <v>1014</v>
+        <v>1053</v>
       </c>
       <c r="B923" s="6" t="s">
-        <v>1017</v>
+        <v>1056</v>
       </c>
       <c r="C923" s="6">
         <v>850</v>
       </c>
       <c r="E923" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B924" s="6" t="s">
-        <v>1018</v>
+        <v>1057</v>
       </c>
       <c r="C924" s="6">
         <v>966</v>
       </c>
       <c r="E924" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B925" s="6" t="s">
-        <v>1019</v>
+        <v>1058</v>
       </c>
       <c r="C925" s="6">
         <v>966</v>
       </c>
       <c r="E925" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926" s="6" t="s">
-        <v>657</v>
+        <v>695</v>
       </c>
       <c r="B926" s="6" t="s">
-        <v>1020</v>
+        <v>1059</v>
       </c>
       <c r="C926" s="6">
         <v>966</v>
       </c>
       <c r="E926" s="11" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="927" spans="1:6">
       <c r="A927" s="6" t="s">
-        <v>1021</v>
+        <v>1060</v>
       </c>
       <c r="B927" s="6" t="s">
-        <v>1022</v>
+        <v>1061</v>
       </c>
       <c r="C927" s="6">
         <v>688</v>
       </c>
       <c r="E927" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="928" spans="1:6">
       <c r="A928" s="6" t="s">
-        <v>1021</v>
+        <v>1060</v>
       </c>
       <c r="B928" s="6" t="s">
-        <v>1023</v>
+        <v>1062</v>
       </c>
       <c r="C928" s="6">
         <v>688</v>
       </c>
       <c r="E928" s="6" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="A929" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B929" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="C929" s="6">
+        <v>251</v>
+      </c>
+      <c r="E929" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="A930" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B930" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C930" s="6">
+        <v>686</v>
+      </c>
+      <c r="E930" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="931" spans="1:6">
+      <c r="A931" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B931" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C931" s="6">
+        <v>1787</v>
+      </c>
+      <c r="E931" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="932" spans="1:6">
+      <c r="A932" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B932" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C932" s="6">
+        <v>1787</v>
+      </c>
+      <c r="E932" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="933" spans="1:6">
+      <c r="A933" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B933" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C933" s="6">
+        <v>1787</v>
+      </c>
+      <c r="E933" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="A934" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B934" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C934" s="6">
+        <v>93</v>
+      </c>
+      <c r="D934" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E934" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="A935" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B935" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C935" s="6">
+        <v>244</v>
+      </c>
+      <c r="D935" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E935" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="A936" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B936" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C936" s="6">
+        <v>229</v>
+      </c>
+      <c r="E936" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="A937" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="B937" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C937" s="6">
+        <v>673</v>
+      </c>
+      <c r="D937" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E937" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="A938" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B938" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D938" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E938" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="A939" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B939" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E939" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="A940" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B940" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C940" s="6">
+        <v>236</v>
+      </c>
+      <c r="D940" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E940" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="A941" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B941" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C941" s="6">
+        <v>242</v>
+      </c>
+      <c r="E941" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="A942" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="B942" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C942" s="6">
+        <v>41</v>
+      </c>
+      <c r="E942" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="A943" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="B943" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C943" s="6">
+        <v>86</v>
+      </c>
+      <c r="D943" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E943" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="A944" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B944" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D944" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E944" s="11" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="A945" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="B945" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C945" s="6">
+        <v>357</v>
+      </c>
+      <c r="E945" s="11" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A6:E6">
     <filterColumn colId="0">
       <filters>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Afghanistan"/>
         <filter val="Albania"/>
         <filter val="Albania"/>
         <filter val="Algeria"/>
         <filter val="Algeria"/>
         <filter val="Algeria"/>
         <filter val="American Samoa"/>
         <filter val="Andorra"/>
         <filter val="Angola"/>
         <filter val="Angola"/>
         <filter val="Anguilla"/>
         <filter val="Anguilla"/>
         <filter val="Antigua and Barbuda"/>
         <filter val="Antigua and Barbuda"/>
         <filter val="Antigua and Barbuda"/>
@@ -17252,51 +17655,51 @@
         <filter val="Australia"/>
         <filter val="Austria"/>
         <filter val="Austria"/>
         <filter val="Austria"/>
         <filter val="Azerbaijan"/>
         <filter val="Azerbaijan"/>
         <filter val="Azerbaijan"/>
         <filter val="Azerbaijan"/>
         <filter val="Bahamas"/>
         <filter val="Bahamas"/>
         <filter val="Bahrain"/>
         <filter val="Bahrain"/>
         <filter val="Bahrain"/>
         <filter val="Bangladesh"/>
         <filter val="Bangladesh"/>
         <filter val="Bangladesh"/>
         <filter val="Bangladesh"/>
         <filter val="Barbados"/>
         <filter val="Barbados"/>
         <filter val="Belarus"/>
         <filter val="Belarus"/>
         <filter val="Belarus"/>
         <filter val="Belgium"/>
         <filter val="Belgium"/>
         <filter val="Belgium"/>
-        <filter val="Belgium"/>
+        <filter val="Bulgaria"/>
         <filter val="Belgium"/>
         <filter val="Belgium"/>
         <filter val="Belgium"/>
         <filter val="Belize"/>
         <filter val="Benin"/>
         <filter val="Benin"/>
         <filter val="Bermuda"/>
         <filter val="Bermuda"/>
         <filter val="Bhutan"/>
         <filter val="Bhutan"/>
         <filter val="Bolivia"/>
         <filter val="Bolivia"/>
         <filter val="Bolivia"/>
         <filter val="Bosnia and Herzegovina"/>
         <filter val="Bosnia and Herzegovina"/>
         <filter val="Bosnia and Herzegovina"/>
         <filter val="Botswana"/>
         <filter val="Botswana"/>
         <filter val="Botswana"/>
         <filter val="Brazil"/>
         <filter val="Brazil"/>
         <filter val="Brazil"/>
         <filter val="Brazil"/>
         <filter val="Brazil"/>
         <filter val="Brazil"/>
@@ -18121,50 +18524,67 @@
         <filter val="South Sudan"/>
         <filter val="South Sudan"/>
         <filter val="Somalia"/>
         <filter val="Singapore"/>
         <filter val="Serbia"/>
         <filter val="Sao Tome and Principe"/>
         <filter val="Papua New Guinea"/>
         <filter val="Nicaragua"/>
         <filter val="Montserrat"/>
         <filter val="Libya"/>
         <filter val="Belize"/>
         <filter val="Barbados"/>
         <filter val="Azerbaijan"/>
         <filter val="Oman"/>
         <filter val="Bermuda"/>
         <filter val="Norway"/>
         <filter val="Marshal Islands"/>
         <filter val="North Korea"/>
         <filter val="North Korea"/>
         <filter val="North Korea"/>
         <filter val="Saudi Arabia"/>
         <filter val="Saudi Arabia"/>
         <filter val="Saudi Arabia"/>
         <filter val="Tuvalu"/>
         <filter val="Tuvalu"/>
+        <filter val="Ethiopia"/>
+        <filter val="Kiribati"/>
+        <filter val="Puerto Rico"/>
+        <filter val="Puerto Rico"/>
+        <filter val="Puerto Rico"/>
+        <filter val="Afghanistan"/>
+        <filter val="Angola"/>
+        <filter val="Benin"/>
+        <filter val="Brunei Darussalam"/>
+        <filter val="Caribbean Netherlands"/>
+        <filter val="Caribbean Netherlands"/>
+        <filter val="Central African Republic"/>
+        <filter val="Congo"/>
+        <filter val="Switzerland"/>
+        <filter val="China"/>
+        <filter val="Cabo Verde"/>
+        <filter val="Cyprus"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <mergeCells>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="D4:F4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7875" right="0.7875" top="1.0527777777778" bottom="1.0527777777778" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" firstPageNumber="1" useFirstPageNumber="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">